--- v0 (2025-10-08)
+++ v1 (2026-02-15)
@@ -1,31 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps8.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps9.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps10.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
@@ -1739,51 +1739,51 @@
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E5238D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Nom du projet</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006622D5" w:rsidRPr="00FD20E5" w14:paraId="260D1BE9" w14:textId="77777777" w:rsidTr="00CA13F3">
+      <w:tr w:rsidR="006622D5" w:rsidRPr="00DF3015" w14:paraId="260D1BE9" w14:textId="77777777" w:rsidTr="00CA13F3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4322B882" w14:textId="62578842" w:rsidR="006622D5" w:rsidRPr="00E5238D" w:rsidRDefault="00F47274">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
@@ -2169,52 +2169,60 @@
       </w:r>
       <w:r w:rsidR="00801C67">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> du </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00801C67">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>projet</w:t>
       </w:r>
       <w:r w:rsidR="002865D9">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002865D9">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nombre minimal:</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> nombre </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002865D9">
+        <w:rPr>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>minimal:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00272DA7">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidR="00E75099" w:rsidRPr="00E5238D">
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
       <w:tr w:rsidR="00775608" w:rsidRPr="00E5238D" w14:paraId="479DAA45" w14:textId="77777777" w:rsidTr="00DA0793">
         <w:tc>
@@ -2899,51 +2907,50 @@
           <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1277"/>
         <w:gridCol w:w="3688"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="3403"/>
       </w:tblGrid>
       <w:tr w:rsidR="006622D5" w:rsidRPr="00E5238D" w14:paraId="23DB1AEC" w14:textId="77777777" w:rsidTr="000619D6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47908DAA" w14:textId="2435B68F" w:rsidR="006622D5" w:rsidRPr="00E5238D" w:rsidRDefault="00CE5AB1">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
             <w:r w:rsidR="00D826F0">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="001F65E1">
               <w:rPr>
@@ -2956,140 +2963,137 @@
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F979597" w14:textId="65B52D95" w:rsidR="006622D5" w:rsidRPr="00E5238D" w:rsidRDefault="006622D5">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45528BBC" w14:textId="18CE36DB" w:rsidR="006622D5" w:rsidRPr="00E5238D" w:rsidRDefault="00CE5AB1">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Fonction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AC788E3" w14:textId="6592CB0A" w:rsidR="006622D5" w:rsidRPr="00E5238D" w:rsidRDefault="006622D5">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006622D5" w:rsidRPr="00E5238D" w14:paraId="6EBAE054" w14:textId="77777777" w:rsidTr="000619D6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27A49AE4" w14:textId="5E446DE6" w:rsidR="006622D5" w:rsidRPr="00E5238D" w:rsidRDefault="00CE5AB1">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>E-m</w:t>
             </w:r>
             <w:r w:rsidR="00BC5AE8" w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>ail</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70D6D76B" w14:textId="72A2AB4E" w:rsidR="006622D5" w:rsidRPr="00E5238D" w:rsidRDefault="006622D5">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D1325B8" w14:textId="1A2A9595" w:rsidR="006622D5" w:rsidRPr="00E5238D" w:rsidRDefault="00BC5AE8" w:rsidP="00CE5AB1">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:ind w:right="-141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00CE5AB1" w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>éléphone</w:t>
             </w:r>
           </w:p>
@@ -3144,51 +3148,51 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> du projet </w:t>
       </w:r>
       <w:r w:rsidR="00CE5AB1" w:rsidRPr="00E5238D">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>(max. 5 lignes)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F108A" w:rsidRPr="00FD20E5" w14:paraId="5EA2E48C" w14:textId="77777777" w:rsidTr="00DA0793">
+      <w:tr w:rsidR="001F108A" w:rsidRPr="00DF3015" w14:paraId="5EA2E48C" w14:textId="77777777" w:rsidTr="00DA0793">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11149B9F" w14:textId="349D588C" w:rsidR="001F108A" w:rsidRPr="00E5238D" w:rsidRDefault="001F108A" w:rsidP="000E0552">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -3390,51 +3394,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E5238D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Travaux préparatoires / Rapport à d’autres projets</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F108A" w:rsidRPr="00FD20E5" w14:paraId="49A92BDE" w14:textId="77777777" w:rsidTr="00C3310D">
+      <w:tr w:rsidR="001F108A" w:rsidRPr="00DF3015" w14:paraId="49A92BDE" w14:textId="77777777" w:rsidTr="00C3310D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41433085" w14:textId="2FE65F43" w:rsidR="001F108A" w:rsidRPr="00E5238D" w:rsidRDefault="001F108A" w:rsidP="000E0552">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -3484,51 +3488,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> étapes</w:t>
       </w:r>
       <w:r w:rsidR="002650FB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> et description des phases</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F108A" w:rsidRPr="00FD20E5" w14:paraId="7808E10B" w14:textId="77777777" w:rsidTr="00C3310D">
+      <w:tr w:rsidR="001F108A" w:rsidRPr="00DF3015" w14:paraId="7808E10B" w14:textId="77777777" w:rsidTr="00C3310D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D502E31" w14:textId="64E35B63" w:rsidR="001F108A" w:rsidRPr="00E5238D" w:rsidRDefault="001F108A" w:rsidP="00531735">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="46FE1A69" w14:textId="72C3749A" w:rsidR="001F108A" w:rsidRPr="00E5238D" w:rsidRDefault="00CE5AB1" w:rsidP="009B0556">
@@ -4812,51 +4816,50 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="797E03DE" w14:textId="7C64A5DC" w:rsidR="00722915" w:rsidRPr="00E5238D" w:rsidRDefault="00722915" w:rsidP="00DE7FB0">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00722915" w:rsidRPr="00E5238D" w14:paraId="11D6A311" w14:textId="77777777" w:rsidTr="00EB0C51">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33C9C916" w14:textId="30FB2B31" w:rsidR="00722915" w:rsidRPr="00E5238D" w:rsidRDefault="00722915" w:rsidP="00CE5AB1">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="00CE5AB1" w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>om</w:t>
             </w:r>
             <w:r w:rsidR="001F4608">
               <w:rPr>
@@ -4875,51 +4878,50 @@
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F342EF4" w14:textId="3C3BDEA3" w:rsidR="00722915" w:rsidRPr="00E5238D" w:rsidRDefault="00722915" w:rsidP="000E0552">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FFA2370" w14:textId="1FDAB899" w:rsidR="00722915" w:rsidRPr="00E5238D" w:rsidRDefault="00722915" w:rsidP="00CE5AB1">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00CE5AB1" w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>onction</w:t>
             </w:r>
           </w:p>
@@ -4930,51 +4932,50 @@
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A2E6B48" w14:textId="1C5C2E2E" w:rsidR="00722915" w:rsidRPr="00E5238D" w:rsidRDefault="00722915" w:rsidP="000E0552">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00722915" w:rsidRPr="00E5238D" w14:paraId="2AB6C4EE" w14:textId="77777777" w:rsidTr="00EB0C51">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="723A8AF4" w14:textId="49F71430" w:rsidR="00722915" w:rsidRPr="00E5238D" w:rsidRDefault="00722915" w:rsidP="00CE5AB1">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>E-</w:t>
             </w:r>
             <w:r w:rsidR="00CE5AB1" w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
@@ -4984,51 +4985,50 @@
               </w:rPr>
               <w:t>ail</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AF1B34B" w14:textId="5FD8D47A" w:rsidR="00722915" w:rsidRPr="00E5238D" w:rsidRDefault="00722915" w:rsidP="000E0552">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35781971" w14:textId="7C64512C" w:rsidR="00722915" w:rsidRPr="00E5238D" w:rsidRDefault="00722915" w:rsidP="00CE5AB1">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:ind w:right="-141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00CE5AB1" w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>éléphone</w:t>
             </w:r>
           </w:p>
@@ -5062,51 +5062,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E5238D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Détails sur l’organisation et les ressources (parties impliquées, collaborateurs, etc.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC306F" w:rsidRPr="00FD20E5" w14:paraId="45AF9E29" w14:textId="77777777" w:rsidTr="00C3310D">
+      <w:tr w:rsidR="00AC306F" w:rsidRPr="00DF3015" w14:paraId="45AF9E29" w14:textId="77777777" w:rsidTr="00C3310D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="557D5EED" w14:textId="74E73FF1" w:rsidR="00AC306F" w:rsidRPr="00E5238D" w:rsidRDefault="00AC306F" w:rsidP="000E0552">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="46FBD8B4" w14:textId="5CF4FC61" w:rsidR="00FE0C9D" w:rsidRDefault="00FE0C9D" w:rsidP="009B0556">
       <w:pPr>
@@ -5434,96 +5434,94 @@
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4ACED014" w14:textId="613DD62A" w:rsidR="00C207FD" w:rsidRPr="00E5238D" w:rsidRDefault="00C207FD" w:rsidP="004E113F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C207FD" w:rsidRPr="00E5238D" w14:paraId="6498C766" w14:textId="77777777" w:rsidTr="008A42AD">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25BDBC69" w14:textId="77777777" w:rsidR="00C207FD" w:rsidRPr="00E5238D" w:rsidRDefault="00C207FD" w:rsidP="00190E5D">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>, prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AF1DCCF" w14:textId="3885DC99" w:rsidR="00C207FD" w:rsidRPr="00E5238D" w:rsidRDefault="00C207FD" w:rsidP="00190E5D">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2BB0FB25" w14:textId="77777777" w:rsidR="00C207FD" w:rsidRPr="00E5238D" w:rsidRDefault="00C207FD" w:rsidP="00190E5D">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Fonction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
@@ -5531,92 +5529,90 @@
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C207FD" w:rsidRPr="00E5238D" w14:paraId="557D5403" w14:textId="77777777" w:rsidTr="008A42AD">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="81"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54268EDC" w14:textId="77777777" w:rsidR="00C207FD" w:rsidRPr="00E5238D" w:rsidRDefault="00C207FD" w:rsidP="00190E5D">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="664382F5" w14:textId="026C9B4C" w:rsidR="00C207FD" w:rsidRPr="00E5238D" w:rsidRDefault="00C207FD" w:rsidP="00190E5D">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4703E691" w14:textId="77777777" w:rsidR="00C207FD" w:rsidRPr="00E5238D" w:rsidRDefault="00C207FD" w:rsidP="00190E5D">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:ind w:right="-141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>Téléphone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
@@ -5644,51 +5640,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E5238D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Détails sur l’organisation et les ressources (parties impliquées, collaborateurs, etc.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C207FD" w:rsidRPr="00FD20E5" w14:paraId="60213E0A" w14:textId="77777777" w:rsidTr="00190E5D">
+      <w:tr w:rsidR="00C207FD" w:rsidRPr="00DF3015" w14:paraId="60213E0A" w14:textId="77777777" w:rsidTr="00190E5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="198360B2" w14:textId="2363FE76" w:rsidR="00C207FD" w:rsidRPr="00E5238D" w:rsidRDefault="00C207FD" w:rsidP="00190E5D">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="15423773" w14:textId="631960F4" w:rsidR="00E504B1" w:rsidRPr="00E5238D" w:rsidRDefault="00CE5AB1" w:rsidP="009B0556">
       <w:pPr>
@@ -6022,51 +6018,50 @@
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10C98B21" w14:textId="197A059B" w:rsidR="00AC306F" w:rsidRPr="00E5238D" w:rsidRDefault="00AC306F" w:rsidP="000E0552">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC306F" w:rsidRPr="00E5238D" w14:paraId="5B5126BC" w14:textId="77777777" w:rsidTr="008A42AD">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E80E9CD" w14:textId="2A5233CD" w:rsidR="00AC306F" w:rsidRPr="00E5238D" w:rsidRDefault="00AC306F" w:rsidP="00EA6EAA">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="00EA6EAA" w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>om</w:t>
             </w:r>
             <w:r w:rsidR="00405228">
               <w:rPr>
@@ -6085,51 +6080,50 @@
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32965F79" w14:textId="7935CD64" w:rsidR="00AC306F" w:rsidRPr="00E5238D" w:rsidRDefault="00AC306F" w:rsidP="000E0552">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DD9847D" w14:textId="58093D22" w:rsidR="00AC306F" w:rsidRPr="00E5238D" w:rsidRDefault="00AC306F" w:rsidP="00EA6EAA">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00EA6EAA" w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>onction</w:t>
             </w:r>
           </w:p>
@@ -6140,98 +6134,96 @@
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CBC9FF4" w14:textId="737B6671" w:rsidR="00AC306F" w:rsidRPr="00E5238D" w:rsidRDefault="00AC306F" w:rsidP="000E0552">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC306F" w:rsidRPr="00E5238D" w14:paraId="358FDE4C" w14:textId="77777777" w:rsidTr="008A42AD">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5347E4FE" w14:textId="5B748ABF" w:rsidR="00AC306F" w:rsidRPr="00E5238D" w:rsidRDefault="00EA6EAA" w:rsidP="000E0552">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>E-m</w:t>
             </w:r>
             <w:r w:rsidR="00AC306F" w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>ail</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0828D74B" w14:textId="20157D7A" w:rsidR="00AC306F" w:rsidRPr="00E5238D" w:rsidRDefault="00AC306F" w:rsidP="000E0552">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21D804C1" w14:textId="22981522" w:rsidR="00AC306F" w:rsidRPr="00E5238D" w:rsidRDefault="00AC306F" w:rsidP="00EA6EAA">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:ind w:right="-141"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-CH" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00EA6EAA" w:rsidRPr="00E5238D">
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
               <w:t>éléphone</w:t>
             </w:r>
           </w:p>
@@ -6265,51 +6257,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E5238D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Détails sur l’organisation et les ressources (parties impliquées, collaborateurs, etc.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9356"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC306F" w:rsidRPr="00FD20E5" w14:paraId="1641AABE" w14:textId="77777777" w:rsidTr="00C3310D">
+      <w:tr w:rsidR="00AC306F" w:rsidRPr="00DF3015" w14:paraId="1641AABE" w14:textId="77777777" w:rsidTr="00C3310D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="61A51C75" w14:textId="05E5587B" w:rsidR="00AC306F" w:rsidRPr="00E5238D" w:rsidRDefault="00AC306F" w:rsidP="000E0552">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:lang w:val="fr-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4168EDB8" w14:textId="7FC3B685" w:rsidR="00B407F6" w:rsidRPr="00E5238D" w:rsidRDefault="00EA6EAA" w:rsidP="000309C4">
       <w:pPr>
@@ -7413,51 +7405,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00600B2E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Part</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64883087" w14:textId="77777777" w:rsidR="004618D0" w:rsidRPr="00010752" w:rsidRDefault="00FD20E5" w:rsidP="004618D0">
+          <w:p w14:paraId="64883087" w14:textId="77777777" w:rsidR="004618D0" w:rsidRPr="00010752" w:rsidRDefault="00BA1EA6" w:rsidP="004618D0">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1833980857"/>
                 <w:placeholder>
                   <w:docPart w:val="CC8B5A6F78414AF8832A2927B84337D7"/>
                 </w:placeholder>
                 <w:temporary/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004618D0" w:rsidRPr="00010752">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
@@ -7577,117 +7569,96 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0936DCD5" w14:textId="77777777" w:rsidR="004618D0" w:rsidRPr="00010752" w:rsidRDefault="004618D0" w:rsidP="004618D0">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00010752">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CHF</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5CA1DCC6" w14:textId="5B419A06" w:rsidR="00D56E54" w:rsidRDefault="00162E93" w:rsidP="00162E93">
+    <w:p w14:paraId="5CA1DCC6" w14:textId="3B8709E9" w:rsidR="00D56E54" w:rsidRDefault="00162E93" w:rsidP="00162E93">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B14704">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Remarque:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00450662">
+      <w:r w:rsidR="009A7930" w:rsidRPr="009A7930">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>l</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C2267F">
+        <w:t>La contribution financière accordée par l'UTP à la bénéficiaire du fonds de recherche et de développement (FRD) comprend les frais et exclut la taxe sur la valeur ajoutée (TVA) à payer par la responsable du projet (bénéficiaire de la contribution).</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7930">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">e montant financé par le fonds de recherche et de développement (FRD) de l’UTP </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00900ADC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D477FA">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">comprend les frais et la taxe sur la valeur ajoutée (TVA) </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (bénéficiaire de l’aide du FRD). Les autres </w:t>
+        <w:t xml:space="preserve">Les autres </w:t>
       </w:r>
       <w:r w:rsidR="009B6187">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">débours et la TVA de sous-mandats du </w:t>
       </w:r>
       <w:r w:rsidR="00A91E6B">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>porteur du projet attribués à des tiers ne peuvent pas être demandés à l’UTP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0128DE14" w14:textId="5B3DE3EA" w:rsidR="008648FF" w:rsidRDefault="00EA6EAA" w:rsidP="009B0556">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
@@ -8689,661 +8660,661 @@
           <w:sz w:val="40"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A6003BA" w14:textId="77777777" w:rsidR="00C963B4" w:rsidRPr="00C963B4" w:rsidRDefault="00C963B4" w:rsidP="00C963B4">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AFDB367" w14:textId="1B96350D" w:rsidR="00285C03" w:rsidRDefault="00C963B4" w:rsidP="00285C03">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C7E0205" wp14:editId="107CDBD1">
-[...2 lines deleted...]
-            <wp:docPr id="534579045" name="Grafik 2" descr="Ein Bild, das Text, Screenshot, Schrift, Dokument enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C7E0205" wp14:editId="315A278B">
+            <wp:extent cx="6000925" cy="8486193"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="534579045" name="Grafik 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="534579045" name="Grafik 2" descr="Ein Bild, das Text, Screenshot, Schrift, Dokument enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPr id="534579045" name="Grafik 2"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6000925" cy="8486997"/>
+                      <a:ext cx="6000925" cy="8486193"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D72C05D" w14:textId="221D44A5" w:rsidR="00285C03" w:rsidRPr="00285C03" w:rsidRDefault="00C963B4" w:rsidP="00285C03">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4548D676" wp14:editId="55C8B963">
-            <wp:extent cx="6011545" cy="8502015"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4548D676" wp14:editId="13DA1B68">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="486257434" name="Grafik 3" descr="Ein Bild, das Text, Schrift, Schwarzweiß, Brief enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+            <wp:docPr id="486257434" name="Grafik 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="486257434" name="Grafik 3" descr="Ein Bild, das Text, Schrift, Schwarzweiß, Brief enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPr id="486257434" name="Grafik 3"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8502015"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B333586" wp14:editId="410772B7">
-            <wp:extent cx="6011545" cy="8502015"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B333586" wp14:editId="1BE0A301">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="966604157" name="Grafik 4" descr="Ein Bild, das Text, Schrift, Brief, Papier enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+            <wp:docPr id="966604157" name="Grafik 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="966604157" name="Grafik 4" descr="Ein Bild, das Text, Schrift, Brief, Papier enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPr id="966604157" name="Grafik 4"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8502015"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E59B9F3" wp14:editId="435C2515">
-            <wp:extent cx="6011545" cy="8502015"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E59B9F3" wp14:editId="0E56329E">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="675763342" name="Grafik 5" descr="Ein Bild, das Text, Schrift, Screenshot, Schwarzweiß enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+            <wp:docPr id="675763342" name="Grafik 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="675763342" name="Grafik 5" descr="Ein Bild, das Text, Schrift, Screenshot, Schwarzweiß enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPr id="675763342" name="Grafik 5"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8502015"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FDBAF8C" wp14:editId="5B1B5A18">
-            <wp:extent cx="6011545" cy="8502015"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FDBAF8C" wp14:editId="6F4D94E6">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="1497040145" name="Grafik 6" descr="Ein Bild, das Text, Schrift, Brief, Schwarzweiß enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+            <wp:docPr id="1497040145" name="Grafik 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1497040145" name="Grafik 6" descr="Ein Bild, das Text, Schrift, Brief, Schwarzweiß enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPr id="1497040145" name="Grafik 6"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8502015"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="113B70E3" wp14:editId="0DBB077F">
-            <wp:extent cx="6011545" cy="8502015"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="113B70E3" wp14:editId="535E9A2D">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="815194868" name="Grafik 7" descr="Ein Bild, das Text, Schrift, Schwarzweiß, Papier enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+            <wp:docPr id="815194868" name="Grafik 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="815194868" name="Grafik 7" descr="Ein Bild, das Text, Schrift, Schwarzweiß, Papier enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPr id="815194868" name="Grafik 7"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8502015"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A365866" wp14:editId="1256244B">
-            <wp:extent cx="6011545" cy="8502015"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A365866" wp14:editId="04267B8E">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="443563897" name="Grafik 8" descr="Ein Bild, das Text, Schrift, Brief, Screenshot enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+            <wp:docPr id="443563897" name="Grafik 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="443563897" name="Grafik 8" descr="Ein Bild, das Text, Schrift, Brief, Screenshot enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPr id="443563897" name="Grafik 8"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8502015"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A0B221B" wp14:editId="3467EF5A">
-            <wp:extent cx="6011545" cy="8502015"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A0B221B" wp14:editId="3337F107">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="582295051" name="Grafik 9" descr="Ein Bild, das Text, Schrift, Screenshot, Brief enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+            <wp:docPr id="582295051" name="Grafik 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="582295051" name="Grafik 9" descr="Ein Bild, das Text, Schrift, Screenshot, Brief enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPr id="582295051" name="Grafik 9"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8502015"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46C2875C" wp14:editId="7F1A70D7">
-            <wp:extent cx="6011545" cy="8502015"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46C2875C" wp14:editId="3728CC72">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="970469181" name="Grafik 10" descr="Ein Bild, das Text, Screenshot, Schrift, Brief enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+            <wp:docPr id="970469181" name="Grafik 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="970469181" name="Grafik 10" descr="Ein Bild, das Text, Screenshot, Schrift, Brief enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPr id="970469181" name="Grafik 10"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8502015"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4DAD6921" wp14:editId="69806E75">
-            <wp:extent cx="6011545" cy="8502015"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4DAD6921" wp14:editId="67EE2C5D">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="1902447145" name="Grafik 11" descr="Ein Bild, das Text, Schrift, Brief, Schwarzweiß enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+            <wp:docPr id="1902447145" name="Grafik 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1902447145" name="Grafik 11" descr="Ein Bild, das Text, Schrift, Brief, Schwarzweiß enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPr id="1902447145" name="Grafik 11"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8502015"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="339C7792" wp14:editId="1835F839">
-            <wp:extent cx="6011545" cy="8502015"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="339C7792" wp14:editId="0A6BE2F3">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="143446198" name="Grafik 12" descr="Ein Bild, das Text, Schrift, Screenshot, Brief enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+            <wp:docPr id="143446198" name="Grafik 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="143446198" name="Grafik 12" descr="Ein Bild, das Text, Schrift, Screenshot, Brief enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPr id="143446198" name="Grafik 12"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8502015"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C5A9BA7" wp14:editId="67C5540A">
-            <wp:extent cx="6011545" cy="8502015"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C5A9BA7" wp14:editId="7A7F8DB2">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="1400034442" name="Grafik 13" descr="Ein Bild, das Text, Brief, Schrift, Screenshot enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+            <wp:docPr id="1400034442" name="Grafik 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1400034442" name="Grafik 13" descr="Ein Bild, das Text, Brief, Schrift, Screenshot enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPr id="1400034442" name="Grafik 13"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8502015"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00285C03" w:rsidRPr="00285C03" w:rsidSect="00C86EEB">
       <w:headerReference w:type="default" r:id="rId29"/>
       <w:footerReference w:type="default" r:id="rId30"/>
       <w:headerReference w:type="first" r:id="rId31"/>
       <w:footerReference w:type="first" r:id="rId32"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1021" w:bottom="1276" w:left="1418" w:header="567" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F5AA3BA" w14:textId="77777777" w:rsidR="00AA76F2" w:rsidRDefault="00AA76F2">
+    <w:p w14:paraId="0DF3FF6A" w14:textId="77777777" w:rsidR="00CA64C5" w:rsidRDefault="00CA64C5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="493AE530" w14:textId="77777777" w:rsidR="00AA76F2" w:rsidRDefault="00AA76F2">
+    <w:p w14:paraId="0DE771EF" w14:textId="77777777" w:rsidR="00CA64C5" w:rsidRDefault="00CA64C5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="40F41A18" w14:textId="77777777" w:rsidR="00AA76F2" w:rsidRDefault="00AA76F2">
+    <w:p w14:paraId="494F534E" w14:textId="77777777" w:rsidR="00CA64C5" w:rsidRDefault="00CA64C5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9691,51 +9662,51 @@
                         <a:noFill/>
                         <a:prstDash val="solid"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="569E8524" id="Rectangle 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:14.2pt;margin-top:773.8pt;width:566.95pt;height:47.6pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDetaruRAIAAIsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06KtGuDOkXQLsOA&#10;oC3QDj0zshQbkEWNUuJkXz9KdpOs22lYDgpp0o/U46NvbnetFVtNoUFXyvHZSArtFFaNW5fy+8vi&#10;05UUIYKrwKLTpdzrIG9nHz/cdH6qz7FGW2kSDOLCtPOlrGP006IIqtYthDP02nHQILUQ2aV1URF0&#10;jN7a4nw0uiw6pMoTKh0CP73vg3KW8Y3RKj4aE3QUtpTcW8wn5XOVzmJ2A9M1ga8bNbQB/9BFC43j&#10;ogeoe4ggNtT8AdU2ijCgiWcK2wKNaZTOd+DbjEfvbvNcg9f5LkxO8Aeawv+DVQ/bZ/9ETEPnwzSw&#10;mW6xM9Smf+5P7DJZ+wNZeheF4oefmX7+SaE4djmaXLHNMMXxbU8hftXYimSUkngYmSPYLkPsU99S&#10;UrGAtqkWjbXZofXqzpLYAg/uy3wxWlwP6L+lWSe6Up5fTHIjwAIyFiL31PqqlMGtpQC7ZmWqSLm2&#10;w1QhTz3VvodQ9zUy7FDCutSCzvIZWj2yk6wVVvsnEoS9noJXi4bRlhDiExALiGnhpYiPfBiL3CIO&#10;lhQ10s+/PU/5PFeOStGxILn9HxsgLYX95nji1+PJJCk4O5MLpl8KOo2sTiNu094hUzfm9fMqmyk/&#10;2jfTELavvDvzVJVD4BTX7okanLvYLwpvn9LzeU5j1XqIS/fsVQJPPCUeX3avQH4YdGSJPOCbeGH6&#10;bt59bnrT4XwT0TRZDEdeWUTJYcVnOQ3bmVbq1M9Zx2/I7BcAAAD//wMAUEsDBBQABgAIAAAAIQDB&#10;XGmA4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SP0Hayqxo05Tk0YhToV4rFhR&#10;kNi6sZtEicfBdtPA1zNd0d08ju6cKXezHdhkfOgcSlivEmAGa6c7bCR8frze5cBCVKjV4NBI+DEB&#10;dtXiplSFdmd8N9M+NoxCMBRKQhvjWHAe6tZYFVZuNEi7o/NWRWp9w7VXZwq3A0+TJONWdUgXWjWa&#10;p9bU/f5kJby9xNyL569N0Nvpd25Ff4zfvZS3y/nxAVg0c/yH4aJP6lCR08GdUAc2SEhzQSTN78U2&#10;A3Yh1lm6AXagKhNpDrwq+fUX1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3rWq7kQC&#10;AACLBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAwVxp&#10;gOEAAAANAQAADwAAAAAAAAAAAAAAAACeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AKwFAAAAAA==&#10;" fillcolor="#eaf0f9" stroked="f" strokeweight="2pt">
+            <v:rect w14:anchorId="20C914C2" id="Rectangle 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:14.2pt;margin-top:773.8pt;width:566.95pt;height:47.6pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDetaruRAIAAIsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06KtGuDOkXQLsOA&#10;oC3QDj0zshQbkEWNUuJkXz9KdpOs22lYDgpp0o/U46NvbnetFVtNoUFXyvHZSArtFFaNW5fy+8vi&#10;05UUIYKrwKLTpdzrIG9nHz/cdH6qz7FGW2kSDOLCtPOlrGP006IIqtYthDP02nHQILUQ2aV1URF0&#10;jN7a4nw0uiw6pMoTKh0CP73vg3KW8Y3RKj4aE3QUtpTcW8wn5XOVzmJ2A9M1ga8bNbQB/9BFC43j&#10;ogeoe4ggNtT8AdU2ijCgiWcK2wKNaZTOd+DbjEfvbvNcg9f5LkxO8Aeawv+DVQ/bZ/9ETEPnwzSw&#10;mW6xM9Smf+5P7DJZ+wNZeheF4oefmX7+SaE4djmaXLHNMMXxbU8hftXYimSUkngYmSPYLkPsU99S&#10;UrGAtqkWjbXZofXqzpLYAg/uy3wxWlwP6L+lWSe6Up5fTHIjwAIyFiL31PqqlMGtpQC7ZmWqSLm2&#10;w1QhTz3VvodQ9zUy7FDCutSCzvIZWj2yk6wVVvsnEoS9noJXi4bRlhDiExALiGnhpYiPfBiL3CIO&#10;lhQ10s+/PU/5PFeOStGxILn9HxsgLYX95nji1+PJJCk4O5MLpl8KOo2sTiNu094hUzfm9fMqmyk/&#10;2jfTELavvDvzVJVD4BTX7okanLvYLwpvn9LzeU5j1XqIS/fsVQJPPCUeX3avQH4YdGSJPOCbeGH6&#10;bt59bnrT4XwT0TRZDEdeWUTJYcVnOQ3bmVbq1M9Zx2/I7BcAAAD//wMAUEsDBBQABgAIAAAAIQDB&#10;XGmA4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SP0Hayqxo05Tk0YhToV4rFhR&#10;kNi6sZtEicfBdtPA1zNd0d08ju6cKXezHdhkfOgcSlivEmAGa6c7bCR8frze5cBCVKjV4NBI+DEB&#10;dtXiplSFdmd8N9M+NoxCMBRKQhvjWHAe6tZYFVZuNEi7o/NWRWp9w7VXZwq3A0+TJONWdUgXWjWa&#10;p9bU/f5kJby9xNyL569N0Nvpd25Ff4zfvZS3y/nxAVg0c/yH4aJP6lCR08GdUAc2SEhzQSTN78U2&#10;A3Yh1lm6AXagKhNpDrwq+fUX1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3rWq7kQC&#10;AACLBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAwVxp&#10;gOEAAAANAQAADwAAAAAAAAAAAAAAAACeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AKwFAAAAAA==&#10;" fillcolor="#eaf0f9" stroked="f" strokeweight="2pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00C52255">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00C52255">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
       <w:t>Dählhölzliweg 12</w:t>
     </w:r>
@@ -9853,65 +9824,65 @@
     <w:r w:rsidR="00E02858">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>utp</w:t>
     </w:r>
     <w:r w:rsidRPr="00C52255">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>.ch</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0394A1CB" w14:textId="77777777" w:rsidR="00AA76F2" w:rsidRDefault="00AA76F2">
+    <w:p w14:paraId="24F6CE0A" w14:textId="77777777" w:rsidR="00CA64C5" w:rsidRDefault="00CA64C5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08BE15D5" w14:textId="77777777" w:rsidR="00AA76F2" w:rsidRDefault="00AA76F2">
+    <w:p w14:paraId="7E3B08B2" w14:textId="77777777" w:rsidR="00CA64C5" w:rsidRDefault="00CA64C5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7887FB5D" w14:textId="77777777" w:rsidR="00AA76F2" w:rsidRDefault="00AA76F2">
+    <w:p w14:paraId="03B1ADCC" w14:textId="77777777" w:rsidR="00CA64C5" w:rsidRDefault="00CA64C5">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A286A74" w14:textId="591C950A" w:rsidR="007A1F35" w:rsidRPr="006B5074" w:rsidRDefault="006B5074" w:rsidP="00011D05">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006B5074">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="fr-CH"/>
@@ -12473,51 +12444,51 @@
   </w:num>
   <w:num w:numId="34" w16cid:durableId="722869471">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="486047464">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1439253960">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="557667256">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="559445857">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1368069909">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="60"/>
+  <w:zoom w:percent="110"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0701" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="851"/>
   <w:consecutiveHyphenLimit w:val="3"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -12718,50 +12689,51 @@
     <w:rsid w:val="005E1C75"/>
     <w:rsid w:val="005E25C2"/>
     <w:rsid w:val="005E46AC"/>
     <w:rsid w:val="005E650F"/>
     <w:rsid w:val="005F0029"/>
     <w:rsid w:val="005F09CD"/>
     <w:rsid w:val="005F652A"/>
     <w:rsid w:val="0060329E"/>
     <w:rsid w:val="0061624B"/>
     <w:rsid w:val="00625D50"/>
     <w:rsid w:val="00633231"/>
     <w:rsid w:val="00643D1B"/>
     <w:rsid w:val="006514DB"/>
     <w:rsid w:val="006517ED"/>
     <w:rsid w:val="00654A9F"/>
     <w:rsid w:val="006622D5"/>
     <w:rsid w:val="00663A2D"/>
     <w:rsid w:val="006829B1"/>
     <w:rsid w:val="00687626"/>
     <w:rsid w:val="00687A62"/>
     <w:rsid w:val="00691BD1"/>
     <w:rsid w:val="006A225B"/>
     <w:rsid w:val="006A3443"/>
     <w:rsid w:val="006A35AA"/>
     <w:rsid w:val="006B01BB"/>
+    <w:rsid w:val="006B0412"/>
     <w:rsid w:val="006B131F"/>
     <w:rsid w:val="006B5074"/>
     <w:rsid w:val="006B782D"/>
     <w:rsid w:val="006C5959"/>
     <w:rsid w:val="006C7567"/>
     <w:rsid w:val="006C78E1"/>
     <w:rsid w:val="006D5F15"/>
     <w:rsid w:val="006D722A"/>
     <w:rsid w:val="006D79DD"/>
     <w:rsid w:val="007151A6"/>
     <w:rsid w:val="00720866"/>
     <w:rsid w:val="00721619"/>
     <w:rsid w:val="00722915"/>
     <w:rsid w:val="0073095A"/>
     <w:rsid w:val="007538BB"/>
     <w:rsid w:val="00762E5F"/>
     <w:rsid w:val="00766CA4"/>
     <w:rsid w:val="00770FB4"/>
     <w:rsid w:val="00770FDC"/>
     <w:rsid w:val="00775608"/>
     <w:rsid w:val="00775B9A"/>
     <w:rsid w:val="00775D80"/>
     <w:rsid w:val="007762D7"/>
     <w:rsid w:val="00781AFF"/>
     <w:rsid w:val="00782D41"/>
@@ -12811,50 +12783,51 @@
     <w:rsid w:val="008E6E4D"/>
     <w:rsid w:val="008F13CB"/>
     <w:rsid w:val="00900A19"/>
     <w:rsid w:val="00900ADC"/>
     <w:rsid w:val="009102E6"/>
     <w:rsid w:val="00911E6C"/>
     <w:rsid w:val="0092483A"/>
     <w:rsid w:val="00924E28"/>
     <w:rsid w:val="0092502A"/>
     <w:rsid w:val="0093091A"/>
     <w:rsid w:val="00930D93"/>
     <w:rsid w:val="00931C3C"/>
     <w:rsid w:val="00934533"/>
     <w:rsid w:val="0094503E"/>
     <w:rsid w:val="00945C8F"/>
     <w:rsid w:val="009622E9"/>
     <w:rsid w:val="009656F7"/>
     <w:rsid w:val="00965A08"/>
     <w:rsid w:val="009664BB"/>
     <w:rsid w:val="00972294"/>
     <w:rsid w:val="0098047A"/>
     <w:rsid w:val="00982F1C"/>
     <w:rsid w:val="009A02C1"/>
     <w:rsid w:val="009A0A1C"/>
     <w:rsid w:val="009A4716"/>
+    <w:rsid w:val="009A7930"/>
     <w:rsid w:val="009B0556"/>
     <w:rsid w:val="009B6187"/>
     <w:rsid w:val="009C29CB"/>
     <w:rsid w:val="009D0552"/>
     <w:rsid w:val="009D772A"/>
     <w:rsid w:val="009E30C7"/>
     <w:rsid w:val="009E3372"/>
     <w:rsid w:val="009E7DDA"/>
     <w:rsid w:val="009F4298"/>
     <w:rsid w:val="00A16DD8"/>
     <w:rsid w:val="00A22C82"/>
     <w:rsid w:val="00A32C20"/>
     <w:rsid w:val="00A35F51"/>
     <w:rsid w:val="00A40443"/>
     <w:rsid w:val="00A4575A"/>
     <w:rsid w:val="00A57974"/>
     <w:rsid w:val="00A664CD"/>
     <w:rsid w:val="00A66571"/>
     <w:rsid w:val="00A66EA9"/>
     <w:rsid w:val="00A90EA4"/>
     <w:rsid w:val="00A91E6B"/>
     <w:rsid w:val="00A948D0"/>
     <w:rsid w:val="00A97D7A"/>
     <w:rsid w:val="00AA0440"/>
     <w:rsid w:val="00AA4373"/>
@@ -12865,139 +12838,144 @@
     <w:rsid w:val="00AC306F"/>
     <w:rsid w:val="00AC3D49"/>
     <w:rsid w:val="00AC4B2A"/>
     <w:rsid w:val="00AD55C6"/>
     <w:rsid w:val="00AD591A"/>
     <w:rsid w:val="00AE1882"/>
     <w:rsid w:val="00AF49F8"/>
     <w:rsid w:val="00B01FFD"/>
     <w:rsid w:val="00B0226C"/>
     <w:rsid w:val="00B02D22"/>
     <w:rsid w:val="00B115B1"/>
     <w:rsid w:val="00B14704"/>
     <w:rsid w:val="00B2033D"/>
     <w:rsid w:val="00B3151F"/>
     <w:rsid w:val="00B3675A"/>
     <w:rsid w:val="00B407F6"/>
     <w:rsid w:val="00B53BE3"/>
     <w:rsid w:val="00B5467C"/>
     <w:rsid w:val="00B54C1D"/>
     <w:rsid w:val="00B556A2"/>
     <w:rsid w:val="00B64469"/>
     <w:rsid w:val="00B729EA"/>
     <w:rsid w:val="00B81E23"/>
     <w:rsid w:val="00B85B01"/>
     <w:rsid w:val="00B87A8E"/>
+    <w:rsid w:val="00BA1EA6"/>
     <w:rsid w:val="00BA2E49"/>
     <w:rsid w:val="00BA7D6E"/>
     <w:rsid w:val="00BB1D87"/>
     <w:rsid w:val="00BC5956"/>
     <w:rsid w:val="00BC59ED"/>
     <w:rsid w:val="00BC5AE8"/>
     <w:rsid w:val="00BE0AD1"/>
     <w:rsid w:val="00BE3873"/>
     <w:rsid w:val="00BE4771"/>
     <w:rsid w:val="00BF54BC"/>
     <w:rsid w:val="00C07947"/>
     <w:rsid w:val="00C1132E"/>
     <w:rsid w:val="00C12E14"/>
     <w:rsid w:val="00C13D80"/>
     <w:rsid w:val="00C17A70"/>
     <w:rsid w:val="00C207FD"/>
     <w:rsid w:val="00C2267F"/>
     <w:rsid w:val="00C246B7"/>
     <w:rsid w:val="00C27D6A"/>
     <w:rsid w:val="00C3310D"/>
     <w:rsid w:val="00C50140"/>
     <w:rsid w:val="00C52255"/>
     <w:rsid w:val="00C6124E"/>
     <w:rsid w:val="00C7226A"/>
     <w:rsid w:val="00C7563B"/>
     <w:rsid w:val="00C77C15"/>
     <w:rsid w:val="00C80758"/>
     <w:rsid w:val="00C80845"/>
     <w:rsid w:val="00C80A96"/>
     <w:rsid w:val="00C86EEB"/>
     <w:rsid w:val="00C92C73"/>
     <w:rsid w:val="00C963B4"/>
     <w:rsid w:val="00C97BB8"/>
     <w:rsid w:val="00CA13F3"/>
+    <w:rsid w:val="00CA64C5"/>
     <w:rsid w:val="00CC6117"/>
     <w:rsid w:val="00CC7AF1"/>
     <w:rsid w:val="00CD1657"/>
     <w:rsid w:val="00CD2261"/>
+    <w:rsid w:val="00CE459D"/>
     <w:rsid w:val="00CE4E5D"/>
     <w:rsid w:val="00CE5AB1"/>
     <w:rsid w:val="00CF6FCA"/>
     <w:rsid w:val="00D12B1B"/>
     <w:rsid w:val="00D12D9A"/>
     <w:rsid w:val="00D13723"/>
     <w:rsid w:val="00D32F6A"/>
     <w:rsid w:val="00D4125E"/>
     <w:rsid w:val="00D42D65"/>
     <w:rsid w:val="00D446A4"/>
     <w:rsid w:val="00D477FA"/>
     <w:rsid w:val="00D52335"/>
     <w:rsid w:val="00D56E54"/>
     <w:rsid w:val="00D617D8"/>
     <w:rsid w:val="00D826F0"/>
     <w:rsid w:val="00D82E1E"/>
     <w:rsid w:val="00D903A8"/>
     <w:rsid w:val="00D91476"/>
     <w:rsid w:val="00D92996"/>
     <w:rsid w:val="00DA0793"/>
     <w:rsid w:val="00DA68D8"/>
     <w:rsid w:val="00DB1795"/>
     <w:rsid w:val="00DC33D1"/>
     <w:rsid w:val="00DD0AB8"/>
     <w:rsid w:val="00DD6396"/>
     <w:rsid w:val="00DE7FB0"/>
+    <w:rsid w:val="00DF3015"/>
     <w:rsid w:val="00E02858"/>
     <w:rsid w:val="00E06468"/>
     <w:rsid w:val="00E16147"/>
     <w:rsid w:val="00E25028"/>
     <w:rsid w:val="00E32192"/>
     <w:rsid w:val="00E3688E"/>
     <w:rsid w:val="00E504B1"/>
     <w:rsid w:val="00E511ED"/>
     <w:rsid w:val="00E5238D"/>
     <w:rsid w:val="00E5704F"/>
     <w:rsid w:val="00E5734F"/>
     <w:rsid w:val="00E6539A"/>
     <w:rsid w:val="00E6785E"/>
     <w:rsid w:val="00E70627"/>
     <w:rsid w:val="00E75099"/>
     <w:rsid w:val="00E77F66"/>
     <w:rsid w:val="00E80025"/>
     <w:rsid w:val="00E805EB"/>
     <w:rsid w:val="00E91604"/>
     <w:rsid w:val="00EA4F90"/>
     <w:rsid w:val="00EA6EAA"/>
     <w:rsid w:val="00EB0C51"/>
     <w:rsid w:val="00EC2493"/>
     <w:rsid w:val="00EC2F4A"/>
     <w:rsid w:val="00EC529F"/>
+    <w:rsid w:val="00EC6E47"/>
     <w:rsid w:val="00ED5CAB"/>
     <w:rsid w:val="00ED6535"/>
     <w:rsid w:val="00EE185F"/>
     <w:rsid w:val="00EE2C5F"/>
     <w:rsid w:val="00EE473B"/>
     <w:rsid w:val="00EF3DDD"/>
     <w:rsid w:val="00F025C2"/>
     <w:rsid w:val="00F04252"/>
     <w:rsid w:val="00F05B1F"/>
     <w:rsid w:val="00F12744"/>
     <w:rsid w:val="00F158BB"/>
     <w:rsid w:val="00F20207"/>
     <w:rsid w:val="00F26067"/>
     <w:rsid w:val="00F47274"/>
     <w:rsid w:val="00F53299"/>
     <w:rsid w:val="00F62A2D"/>
     <w:rsid w:val="00F73A2C"/>
     <w:rsid w:val="00F813B6"/>
     <w:rsid w:val="00F82C4C"/>
     <w:rsid w:val="00F90F79"/>
     <w:rsid w:val="00F96471"/>
     <w:rsid w:val="00FA0626"/>
     <w:rsid w:val="00FA4905"/>
     <w:rsid w:val="00FA6AAC"/>
     <w:rsid w:val="00FB4A3E"/>
@@ -15812,51 +15790,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2070153075">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tiff"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.tiff"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.tiff"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.tiff"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.tiff"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.tiff"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.tiff"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.tiff"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.tiff"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.tiff"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.tiff"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.tiff"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item8.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item8.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bav.admin.ch/bav/fr/home/themes-a-z/recherches.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.utp.ch/frd" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fef@utp.ch" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DCDFF7C81AE640A181011440587CDB4B"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
@@ -18109,54 +18087,57 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE009C"/>
     <w:rsid w:val="00197269"/>
     <w:rsid w:val="00306610"/>
+    <w:rsid w:val="004A0729"/>
     <w:rsid w:val="00536DFD"/>
     <w:rsid w:val="00721619"/>
     <w:rsid w:val="0089537A"/>
     <w:rsid w:val="009B2090"/>
+    <w:rsid w:val="00CE459D"/>
+    <w:rsid w:val="00EC6E47"/>
     <w:rsid w:val="00FE009C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -19417,85 +19398,86 @@
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps9.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <officeatwork xmlns="http://schemas.officeatwork.com/Formulas">eNp7v3u/jVt+UW5pTmKxgr4dAD33Bnw=</officeatwork>
 </file>
 
 <file path=customXml/item10.xml><?xml version="1.0" encoding="utf-8"?>
-<officeatwork xmlns="http://schemas.officeatwork.com/MasterProperties">eNrNV91u2jAYfZUIqdJ2UUgMSUHqkCg/GystaNBOmiYhQz7Aq2NHttOWPs/eYpV20QfaK8whtBolNm2nTb2BJOd8f7a/Y/vXj5+HJ1gqEAPBYxBqOQQl69vfnG7rFEfwrlBwGlNFLvWTEgkUnCFQmCoIO1z0ExUnag088kFgy+uDy08wJTEBprRRhwAN5frfyfCzbqtQR6534Ppuxa36VTeoep5b9gLvsLQibvIzv4V6O4pnd9/ZHEQu7SFsVlChvu/Zed0pZ4V6kzOFpyqXeoLjmLD5CE8o9PAEqK5oF29H9BZQDYtlP1YkDf8EEjKwmjyKMVsafcRYqCibhjzCiCgKBqxDhFTZqOcXTMKQgoXQw1b7YTKbkWtT8IRSi+1HPrGl3ghDAVIOlQBQds6X7sBOaBK1tDMsU0NBgZ11n6peOnp9EWYqaaR7Ml5wI97BpqFsn2BCjTnGyxE3gF2mBA+TabZIh7AQzhz0rwKnpQnMSVjofAAhgOU7p1zqsgr1jgBNpWS6AOe9uLuVEvJr4CLCKhUePfvPGtxuFHOdV/gHu3QvO6VNiTJKVl/MMSMSr3vSplpasdyqV/YR8mu1AB24yLeq1lHjPBffDHmkBwkkjpQzu7sVzjmICz3aOw2PE3FjDtG4UMBuIB17Zl+CyA6X7XDFDvt2ODDCT26OmVFJza3R5Ile46b2bkfmxtG9AYKl4nJ1dVWc4MsiDiPCitNFfiCziHQ41648K4qsaNmKmibmc9io9PicNznlYqC7R2Ciy9lLv8m9UrYYqX4pIs91i8gPijGbG111h/3U0hCsT1NwSOYMq0SYpnEQjxYQgWzBDCc0TSZ73/t6dt4+Hjdb+2lWRbWIrq32A71o9J6HLbvrPXVISbgrnf7kmz4OGUlpZavNaOVLekHNSk3PGjq53eSNsTATW1jh8XOFafU8zsTpsZZYDNZh3MCtIeTWKtWyVw48r1KpVfOPCL1xr5nZ+L6JcY5p8kgjn63djUQtuLCrtj5cIq/qHaBaGdWCMvKrBxWrar/pAYi3L09qfarUH+WuHeW/5/bQit5rTQy9ttlMpOLRysqW2csDnGq1/jeeB/oSQPSFBzMl/zJCafsGWNq6WOZ9k/XfNNTa2Q==</officeatwork>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100001663C6CEEE474AB7A75D47C7492EF0" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="33b604fa15f7918967d02ee2a6e2c8d8">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dff2d33b-e58c-4b22-aaee-1c3e400aa24b" xmlns:ns3="fc48761f-100f-4b21-bfba-e6963edc687a" xmlns:ns4="dd2d40b1-f6cb-4cdd-b8f9-486b41866926" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4bd864cccb25d91c2d6e69a8c86bad1e" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100001663C6CEEE474AB7A75D47C7492EF0" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fc13e749c9b2cfeb071daf12fb56d36c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dff2d33b-e58c-4b22-aaee-1c3e400aa24b" xmlns:ns3="fc48761f-100f-4b21-bfba-e6963edc687a" xmlns:ns4="dd2d40b1-f6cb-4cdd-b8f9-486b41866926" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3cf43e475b95fcbf1b3d3592aff39186" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="dff2d33b-e58c-4b22-aaee-1c3e400aa24b"/>
     <xsd:import namespace="fc48761f-100f-4b21-bfba-e6963edc687a"/>
     <xsd:import namespace="dd2d40b1-f6cb-4cdd-b8f9-486b41866926"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dff2d33b-e58c-4b22-aaee-1c3e400aa24b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -19521,146 +19503,151 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="21" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="22" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="25" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7022d4cd-26ff-4595-90f3-a961ef1aba66" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="25" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7022d4cd-26ff-4595-90f3-a961ef1aba66" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="27" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="28" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="29" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fc48761f-100f-4b21-bfba-e6963edc687a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Freigegeben für - Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_dlc_DocId" ma:index="18" nillable="true" ma:displayName="Wert der Dokument-ID" ma:description="Der Wert der diesem Element zugewiesenen Dokument-ID." ma:internalName="_dlc_DocId" ma:readOnly="true">
+    <xsd:element name="_dlc_DocId" ma:index="18" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdUrl" ma:index="19" nillable="true" ma:displayName="Dokument-ID" ma:description="Permanenter Hyperlink zu diesem Dokument." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+    <xsd:element name="_dlc_DocIdUrl" ma:index="19" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdPersistId" ma:index="20" nillable="true" ma:displayName="Beständige ID" ma:description="ID beim Hinzufügen beibehalten." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dd2d40b1-f6cb-4cdd-b8f9-486b41866926" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="26" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{8f9e9791-aa7c-4f2c-803f-e6e508fcb306}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fc48761f-100f-4b21-bfba-e6963edc687a">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -19706,63 +19693,113 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6Jgr4dAD19BnI=</officeatwork>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<officeatwork xmlns="http://schemas.officeatwork.com/MasterProperties">eNrNV91u2jAYfZUIqdJ2UUgMSUHqkCg/GystaNBOmiYhQz7Aq2NHttOWPs/eYpV20QfaK8whtBolNm2nTb2BJOd8f7a/Y/vXj5+HJ1gqEAPBYxBqOQQl69vfnG7rFEfwrlBwGlNFLvWTEgkUnCFQmCoIO1z0ExUnag088kFgy+uDy08wJTEBprRRhwAN5frfyfCzbqtQR6534Ppuxa36VTeoep5b9gLvsLQibvIzv4V6O4pnd9/ZHEQu7SFsVlChvu/Zed0pZ4V6kzOFpyqXeoLjmLD5CE8o9PAEqK5oF29H9BZQDYtlP1YkDf8EEjKwmjyKMVsafcRYqCibhjzCiCgKBqxDhFTZqOcXTMKQgoXQw1b7YTKbkWtT8IRSi+1HPrGl3ghDAVIOlQBQds6X7sBOaBK1tDMsU0NBgZ11n6peOnp9EWYqaaR7Ml5wI97BpqFsn2BCjTnGyxE3gF2mBA+TabZIh7AQzhz0rwKnpQnMSVjofAAhgOU7p1zqsgr1jgBNpWS6AOe9uLuVEvJr4CLCKhUePfvPGtxuFHOdV/gHu3QvO6VNiTJKVl/MMSMSr3vSplpasdyqV/YR8mu1AB24yLeq1lHjPBffDHmkBwkkjpQzu7sVzjmICz3aOw2PE3FjDtG4UMBuIB17Zl+CyA6X7XDFDvt2ODDCT26OmVFJza3R5Ile46b2bkfmxtG9AYKl4nJ1dVWc4MsiDiPCitNFfiCziHQ41648K4qsaNmKmibmc9io9PicNznlYqC7R2Ciy9lLv8m9UrYYqX4pIs91i8gPijGbG111h/3U0hCsT1NwSOYMq0SYpnEQjxYQgWzBDCc0TSZ73/t6dt4+Hjdb+2lWRbWIrq32A71o9J6HLbvrPXVISbgrnf7kmz4OGUlpZavNaOVLekHNSk3PGjq53eSNsTATW1jh8XOFafU8zsTpsZZYDNZh3MCtIeTWKtWyVw48r1KpVfOPCL1xr5nZ+L6JcY5p8kgjn63djUQtuLCrtj5cIq/qHaBaGdWCMvKrBxWrar/pAYi3L09qfarUH+WuHeW/5/bQit5rTQy9ttlMpOLRysqW2csDnGq1/jeeB/oSQPSFBzMl/zJCafsGWNq6WOZ9k/XfNNTa2Q==</officeatwork>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <f:fields xmlns:f="http://schemas.fabasoft.com/folio/2007/fields">
   <f:record ref="">
     <f:field ref="objname" par="" edit="true" text="Formular Gesuch zur Finanzierung Forschung Bahninfrastruktur"/>
     <f:field ref="objsubject" par="" edit="true" text=""/>
     <f:field ref="objcreatedby" par="" text="Mosca, Philipp (BAV - mop)"/>
     <f:field ref="objcreatedat" par="" text="19.09.2017 10:22:31"/>
     <f:field ref="objchangedby" par="" text="Müller, Andrea (BAV - mua)"/>
     <f:field ref="objmodifiedat" par="" text="23.01.2018 15:48:14"/>
     <f:field ref="doc_FSCFOLIO_1_1001_FieldDocumentNumber" par="" text=""/>
     <f:field ref="doc_FSCFOLIO_1_1001_FieldSubject" par="" edit="true" text=""/>
     <f:field ref="FSCFOLIO_1_1001_FieldCurrentUser" par="" text="Heinz Schöni"/>
     <f:field ref="CCAPRECONFIG_15_1001_Objektname" par="" edit="true" text="Formular Gesuch zur Finanzierung Forschung Bahninfrastruktur"/>
     <f:field ref="CHPRECONFIG_1_1001_Objektname" par="" edit="true" text="Formular Gesuch zur Finanzierung Forschung Bahninfrastruktur"/>
   </f:record>
   <f:record inx="1" ref="">
     <f:field ref="CCAPRECONFIG_15_1001_Anrede" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Anrede_Briefkopf" par="" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Geschlecht_Anrede" par="" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Titel" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Nachgestellter_Titel" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Vorname" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Nachname" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_zH" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Geschlecht" par="" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Strasse" par="" text=""/>
@@ -19985,292 +20022,220 @@
     <f:field ref="BAVCFG_15_1700_Strasse_AP" text="Strasse_AP"/>
     <f:field ref="CCAPRECONFIG_15_1001_Telefon" text="Telefon"/>
     <f:field ref="CCAPRECONFIG_15_1001_Titel" text="Titel"/>
     <f:field ref="CHPRECONFIG_1_1001_Titel" text="Titel"/>
     <f:field ref="BAVCFG_15_1700_Titel_AP" text="Titel_AP"/>
     <f:field ref="CCAPRECONFIG_15_1001_Tuer" text="Tuer"/>
     <f:field ref="CCAPRECONFIG_15_1001_Versandart" text="Versandart"/>
     <f:field ref="CHPRECONFIG_1_1001_Vorname" text="Vorname"/>
     <f:field ref="CCAPRECONFIG_15_1001_Vorname" text="Vorname"/>
     <f:field ref="BAVCFG_15_1700_Vorname_AP" text="Vorname_AP"/>
     <f:field ref="CCAPRECONFIG_15_1001_zH" text="zH"/>
     <f:field ref="CCAPRECONFIG_15_1001_Ziel" text="Ziel"/>
     <f:field ref="BAVCFG_15_1700_Zusatzzeile1" text="Zusatzzeile1"/>
     <f:field ref="BAVCFG_15_1700_Zusatzzeile1_AP" text="Zusatzzeile1_AP"/>
     <f:field ref="BAVCFG_15_1700_Zusatzzeile2" text="Zusatzzeile2"/>
     <f:field ref="BAVCFG_15_1700_Zusatzzeile2_AP" text="Zusatzzeile2_AP"/>
     <f:field ref="BAVCFG_15_1700_ZustellungAm" text="ZustellungAm"/>
   </f:display>
   <f:display par="" text="Serienbrief">
     <f:field ref="doc_FSCFOLIO_1_1001_FieldSubject" text="Betreff"/>
     <f:field ref="doc_FSCFOLIO_1_1001_FieldDocumentNumber" text="Dokument Nummer"/>
   </f:display>
 </f:fields>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6Jgr4dAD19BnI=</officeatwork>
 </file>
 
 <file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <_dlc_DocId xmlns="fc48761f-100f-4b21-bfba-e6963edc687a">VXEHHNPPKHJR-1000582777-2154020</_dlc_DocId>
+    <_dlc_DocId xmlns="fc48761f-100f-4b21-bfba-e6963edc687a">VXEHHNPPKHJR-1000582777-2189410</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="fc48761f-100f-4b21-bfba-e6963edc687a">
-      <Url>https://voev.sharepoint.com/sites/AbtoeffentlicherVerkehrVoeV/_layouts/15/DocIdRedir.aspx?ID=VXEHHNPPKHJR-1000582777-2154020</Url>
-      <Description>VXEHHNPPKHJR-1000582777-2154020</Description>
+      <Url>https://voev.sharepoint.com/sites/AbtoeffentlicherVerkehrVoeV/_layouts/15/DocIdRedir.aspx?ID=VXEHHNPPKHJR-1000582777-2189410</Url>
+      <Description>VXEHHNPPKHJR-1000582777-2189410</Description>
     </_dlc_DocIdUrl>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="dff2d33b-e58c-4b22-aaee-1c3e400aa24b">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="dd2d40b1-f6cb-4cdd-b8f9-486b41866926" xsi:nil="true"/>
     <SharedWithUsers xmlns="fc48761f-100f-4b21-bfba-e6963edc687a">
       <UserInfo>
         <DisplayName>Bruno Galliker</DisplayName>
         <AccountId>18</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Floriane Moerch</DisplayName>
         <AccountId>64</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Martina Jeitziner</DisplayName>
         <AccountId>13</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Nicole Reinhard</DisplayName>
         <AccountId>34</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item9.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<officeatwork xmlns="http://schemas.officeatwork.com/CustomXMLPart"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{405D60B2-DC9A-4FC8-AEFD-AD57C06A4269}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Formulas"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F26BF08-4C3F-47ED-8DB8-4F73F7DA6461}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{752D4034-3C9A-459B-A71C-A3734E4950E2}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85CE579F-F8C2-46D7-BDB3-73DF247805E8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC87DEF3-66A7-473E-81F8-64D1ED1514AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.officeatwork.com/MasterProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B596152-05CE-4940-9498-C98DAE967F3F}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{731A2027-B206-492A-B93C-ABEF846922D9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E8A9591-F074-446B-902F-511FF79C122F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.fabasoft.com/folio/2007/fields"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD950A73-C63D-466C-B6A1-A67231004025}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Document"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...30 lines deleted...]
-
 <file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEBFFF4A-13D8-4CB8-90FB-8C55C640A093}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fc48761f-100f-4b21-bfba-e6963edc687a"/>
     <ds:schemaRef ds:uri="dff2d33b-e58c-4b22-aaee-1c3e400aa24b"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="dd2d40b1-f6cb-4cdd-b8f9-486b41866926"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps9.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F26BF08-4C3F-47ED-8DB8-4F73F7DA6461}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F80DDC8A-FD57-414C-B438-BD7286F61474}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/CustomXMLPart"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>1628</Words>
-  <Characters>9564</Characters>
+  <Words>1632</Words>
+  <Characters>9609</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>168</Lines>
+  <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Template.Untitled</vt:lpstr>
       <vt:lpstr>Template.Untitled</vt:lpstr>
       <vt:lpstr>DocumentType</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11170</CharactersWithSpaces>
+  <CharactersWithSpaces>11156</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Template.Untitled</dc:title>
   <dc:subject>Betreff/Sujet/Oggetto/Subject</dc:subject>
   <dc:creator>Schmid Res BAV</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language/>
   <cp:version/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Doc.Text">
     <vt:lpwstr>[Text]</vt:lpwstr>
@@ -21046,32 +21011,32 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="259" name="FSC#ATSTATECFG@1.1001:BankInstitute">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="260" name="FSC#ATSTATECFG@1.1001:BankAccountID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="261" name="FSC#ATSTATECFG@1.1001:BankAccountIBAN">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="262" name="FSC#ATSTATECFG@1.1001:BankAccountBIC">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="263" name="FSC#ATSTATECFG@1.1001:BankName">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="264" name="FSC#COOSYSTEM@1.1:Container">
     <vt:lpwstr>COO.2125.100.2.10136456</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="265" name="FSC#FSCFOLIO@1.1001:docpropproject">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="266" name="ContentTypeId">
     <vt:lpwstr>0x010100001663C6CEEE474AB7A75D47C7492EF0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="267" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>3accfe0d-0e7e-473a-9682-edec16cb9dc8</vt:lpwstr>
+    <vt:lpwstr>5c5048c5-53bc-4dcf-86f1-167780bbc13d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="268" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>