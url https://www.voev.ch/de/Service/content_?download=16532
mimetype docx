--- v0 (2025-10-20)
+++ v1 (2026-02-07)
@@ -4008,172 +4008,168 @@
             <w:tcW w:w="8083" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FBFAB17" w14:textId="116D818E" w:rsidR="00687626" w:rsidRPr="00D9078C" w:rsidRDefault="00687626" w:rsidP="00FC625D"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006622D5" w:rsidRPr="00D9078C" w14:paraId="23DB1AEC" w14:textId="77777777" w:rsidTr="00467A18">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47908DAA" w14:textId="77777777" w:rsidR="006622D5" w:rsidRPr="00D9078C" w:rsidRDefault="00BC5AE8">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F979597" w14:textId="310FCDF3" w:rsidR="006622D5" w:rsidRPr="00D9078C" w:rsidRDefault="006622D5">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45528BBC" w14:textId="77777777" w:rsidR="006622D5" w:rsidRPr="00D9078C" w:rsidRDefault="00BC5AE8">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>Funktion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0AC788E3" w14:textId="6A972A32" w:rsidR="006622D5" w:rsidRPr="00D9078C" w:rsidRDefault="006622D5">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006622D5" w:rsidRPr="00D9078C" w14:paraId="6EBAE054" w14:textId="77777777" w:rsidTr="00467A18">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="27A49AE4" w14:textId="77777777" w:rsidR="006622D5" w:rsidRPr="00D9078C" w:rsidRDefault="00BC5AE8">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70D6D76B" w14:textId="465CA0F1" w:rsidR="006622D5" w:rsidRPr="00D9078C" w:rsidRDefault="006622D5">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D1325B8" w14:textId="77777777" w:rsidR="006622D5" w:rsidRPr="00D9078C" w:rsidRDefault="00BC5AE8">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="629AFBCD" w14:textId="443AA88A" w:rsidR="006622D5" w:rsidRPr="00D9078C" w:rsidRDefault="006622D5">
             <w:pPr>
@@ -5827,172 +5823,168 @@
             <w:tcW w:w="8083" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="797E03DE" w14:textId="7507DA6E" w:rsidR="00722915" w:rsidRPr="00D9078C" w:rsidRDefault="00722915" w:rsidP="00B16F79"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00722915" w:rsidRPr="00D9078C" w14:paraId="11D6A311" w14:textId="3F15BA63" w:rsidTr="001B5DD9">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33C9C916" w14:textId="1C26734A" w:rsidR="00722915" w:rsidRPr="00D9078C" w:rsidRDefault="00722915" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F342EF4" w14:textId="4953AB2A" w:rsidR="00722915" w:rsidRPr="00D9078C" w:rsidRDefault="00722915" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FFA2370" w14:textId="64854299" w:rsidR="00722915" w:rsidRPr="00D9078C" w:rsidRDefault="00722915" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>Funktion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6A2E6B48" w14:textId="3875A218" w:rsidR="00722915" w:rsidRPr="00D9078C" w:rsidRDefault="00722915" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00722915" w:rsidRPr="00D9078C" w14:paraId="2AB6C4EE" w14:textId="643AAB4E" w:rsidTr="001B5DD9">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="723A8AF4" w14:textId="6525B514" w:rsidR="00722915" w:rsidRPr="00D9078C" w:rsidRDefault="00722915" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AF1B34B" w14:textId="29DA582E" w:rsidR="00722915" w:rsidRPr="00D9078C" w:rsidRDefault="00722915" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="35781971" w14:textId="7F25EF15" w:rsidR="00722915" w:rsidRPr="00D9078C" w:rsidRDefault="00722915" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B74CBAE" w14:textId="13D85434" w:rsidR="00722915" w:rsidRPr="00D9078C" w:rsidRDefault="00722915" w:rsidP="00665664">
             <w:pPr>
@@ -6388,172 +6380,168 @@
             <w:tcW w:w="8083" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E093FDB" w14:textId="382868A5" w:rsidR="0002130D" w:rsidRPr="00D9078C" w:rsidRDefault="0002130D" w:rsidP="00222E6C"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0002130D" w:rsidRPr="00D9078C" w14:paraId="2C7265CF" w14:textId="77777777" w:rsidTr="00AF29DE">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A16E907" w14:textId="77777777" w:rsidR="0002130D" w:rsidRPr="00D9078C" w:rsidRDefault="0002130D" w:rsidP="00AF29DE">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3BF68BD5" w14:textId="01434A2D" w:rsidR="0002130D" w:rsidRPr="00D9078C" w:rsidRDefault="0002130D" w:rsidP="00AF29DE">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C5F3F7E" w14:textId="77777777" w:rsidR="0002130D" w:rsidRPr="00D9078C" w:rsidRDefault="0002130D" w:rsidP="00AF29DE">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>Funktion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D13D229" w14:textId="360F109A" w:rsidR="0002130D" w:rsidRPr="00D9078C" w:rsidRDefault="0002130D" w:rsidP="00AF29DE">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0002130D" w:rsidRPr="00D9078C" w14:paraId="5DF99A1E" w14:textId="77777777" w:rsidTr="00AF29DE">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3BB873DE" w14:textId="77777777" w:rsidR="0002130D" w:rsidRPr="00D9078C" w:rsidRDefault="0002130D" w:rsidP="00AF29DE">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E41D1EF" w14:textId="0D8157B9" w:rsidR="0002130D" w:rsidRPr="00D9078C" w:rsidRDefault="0002130D" w:rsidP="00AF29DE">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E1F7FD6" w14:textId="77777777" w:rsidR="0002130D" w:rsidRPr="00D9078C" w:rsidRDefault="0002130D" w:rsidP="00AF29DE">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09780F8F" w14:textId="7AFCB25B" w:rsidR="0002130D" w:rsidRPr="00D9078C" w:rsidRDefault="0002130D" w:rsidP="00AF29DE">
             <w:pPr>
@@ -6889,172 +6877,168 @@
             <w:tcW w:w="8083" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10C98B21" w14:textId="0CA24E15" w:rsidR="00AC306F" w:rsidRPr="00D9078C" w:rsidRDefault="00AC306F" w:rsidP="00222E6C"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC306F" w:rsidRPr="00D9078C" w14:paraId="5B5126BC" w14:textId="77777777" w:rsidTr="001B5DD9">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E80E9CD" w14:textId="77777777" w:rsidR="00AC306F" w:rsidRPr="00D9078C" w:rsidRDefault="00AC306F" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32965F79" w14:textId="51D11AF4" w:rsidR="00AC306F" w:rsidRPr="00D9078C" w:rsidRDefault="00AC306F" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DD9847D" w14:textId="77777777" w:rsidR="00AC306F" w:rsidRPr="00D9078C" w:rsidRDefault="00AC306F" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>Funktion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CBC9FF4" w14:textId="546D9505" w:rsidR="00AC306F" w:rsidRPr="00D9078C" w:rsidRDefault="00AC306F" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC306F" w:rsidRPr="00D9078C" w14:paraId="358FDE4C" w14:textId="77777777" w:rsidTr="001B5DD9">
         <w:tblPrEx>
           <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5347E4FE" w14:textId="77777777" w:rsidR="00AC306F" w:rsidRPr="00D9078C" w:rsidRDefault="00AC306F" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3688" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0828D74B" w14:textId="5E03D775" w:rsidR="00AC306F" w:rsidRPr="00D9078C" w:rsidRDefault="00AC306F" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21D804C1" w14:textId="77777777" w:rsidR="00AC306F" w:rsidRPr="00D9078C" w:rsidRDefault="00AC306F" w:rsidP="00665664">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9078C">
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3403" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="773B35E7" w14:textId="0AFAC1C7" w:rsidR="00AC306F" w:rsidRPr="00D9078C" w:rsidRDefault="00AC306F" w:rsidP="00665664">
             <w:pPr>
@@ -8205,51 +8189,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Antei</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7206E9BC" w14:textId="54C30CE6" w:rsidR="00646832" w:rsidRPr="00D9078C" w:rsidRDefault="003D7CB7" w:rsidP="00646832">
+          <w:p w14:paraId="7206E9BC" w14:textId="54C30CE6" w:rsidR="00646832" w:rsidRPr="00D9078C" w:rsidRDefault="0049230B" w:rsidP="00646832">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1833980857"/>
                 <w:placeholder>
                   <w:docPart w:val="60091703DBBF43D0827D0E423F291A5E"/>
                 </w:placeholder>
                 <w:temporary/>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00646832" w:rsidRPr="00646832">
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
@@ -8363,63 +8347,69 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="549C5DF7" w14:textId="4C7A5DFC" w:rsidR="00646832" w:rsidRPr="00EE2C0A" w:rsidRDefault="00646832" w:rsidP="008C076D">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE2C0A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CHF</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="462C907F" w14:textId="77777777" w:rsidR="008E42DE" w:rsidRDefault="00DD5535" w:rsidP="008E42DE">
+    <w:p w14:paraId="462C907F" w14:textId="7F79C4EB" w:rsidR="008E42DE" w:rsidRDefault="00DD5535" w:rsidP="008E42DE">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
       </w:pPr>
       <w:r w:rsidRPr="00D9078C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Hinweis: </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9078C">
-        <w:t>Der aus dem Forschungs- und Entwicklungsfonds (FEF) gewährte finanzielle Beitrag des VöV an die Beitragsempfängerin ist inkl. Spesen und von der Projektträgerin (Beitragsempfängerin) zu entrichtender Mehrwertsteuer (MWST). Weiter verrechnete Spesen und MWST aus Unteraufträgen der Beitragsempfängerin mit Dritten können nicht zusätzlich beim VöV nachgefordert werden.</w:t>
+        <w:t>Der aus dem Forschungs- und Entwicklungsfonds (FEF) gewährte finanzielle Beitrag des VöV an die Beitragsempfängerin ist inkl. Spesen und</w:t>
+      </w:r>
+      <w:r w:rsidR="002C76C6">
+        <w:t xml:space="preserve"> exklusiv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D9078C">
+        <w:t xml:space="preserve"> von der Projektträgerin (Beitragsempfängerin) zu entrichtender Mehrwertsteuer (MWST). Weiter verrechnete Spesen und MWST aus Unteraufträgen der Beitragsempfängerin mit Dritten können nicht zusätzlich beim VöV nachgefordert werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0128DE14" w14:textId="790B6B9E" w:rsidR="008648FF" w:rsidRPr="00D9078C" w:rsidRDefault="00DD5535" w:rsidP="001B5DD9">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9078C">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E504B1" w:rsidRPr="00D9078C">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -9030,647 +9020,647 @@
         <w:lastRenderedPageBreak/>
         <w:t>Anhang Mustervertrag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33F200E7" w14:textId="77777777" w:rsidR="00687380" w:rsidRDefault="00687380">
       <w:pPr>
         <w:ind w:left="397" w:hanging="397"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F69F3C8" w14:textId="1A75CACE" w:rsidR="00687380" w:rsidRPr="00687380" w:rsidRDefault="00687380">
       <w:pPr>
         <w:ind w:left="397" w:hanging="397"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FFA3D33" wp14:editId="0A9F6339">
-            <wp:extent cx="6048364" cy="8553450"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FFA3D33" wp14:editId="38F5A070">
+            <wp:extent cx="6065148" cy="8577014"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="42970167" name="Grafik 2" descr="Ein Bild, das Text, Screenshot, Schrift, Dokument enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+            <wp:docPr id="42970167" name="Grafik 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="42970167" name="Grafik 2" descr="Ein Bild, das Text, Screenshot, Schrift, Dokument enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                    <pic:cNvPr id="42970167" name="Grafik 2"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6065148" cy="8577185"/>
+                      <a:ext cx="6065148" cy="8577014"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="777193F5" w14:textId="26EB44AC" w:rsidR="009B237C" w:rsidRDefault="00687380" w:rsidP="00A664CD">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0FDB60E0" wp14:editId="310AE928">
-[...2 lines deleted...]
-            <wp:docPr id="1702514763" name="Grafik 3" descr="Ein Bild, das Text, Schrift, Brief, Papier enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0FDB60E0" wp14:editId="29C9ACC4">
+            <wp:extent cx="6011544" cy="8501211"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:docPr id="1702514763" name="Grafik 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1702514763" name="Grafik 3" descr="Ein Bild, das Text, Schrift, Brief, Papier enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                    <pic:cNvPr id="1702514763" name="Grafik 3"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8501380"/>
+                      <a:ext cx="6011544" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A86E730" wp14:editId="213CB57B">
-            <wp:extent cx="6011545" cy="8501380"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A86E730" wp14:editId="08E73ADC">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="699973718" name="Grafik 4" descr="Ein Bild, das Text, Schrift, Brief, Papier enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+            <wp:docPr id="699973718" name="Grafik 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="699973718" name="Grafik 4" descr="Ein Bild, das Text, Schrift, Brief, Papier enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                    <pic:cNvPr id="699973718" name="Grafik 4"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8501380"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7283853D" wp14:editId="7278D97E">
-            <wp:extent cx="6011545" cy="8501380"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7283853D" wp14:editId="32BFF358">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="1041160457" name="Grafik 5" descr="Ein Bild, das Text, Schrift, Screenshot, Brief enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+            <wp:docPr id="1041160457" name="Grafik 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1041160457" name="Grafik 5" descr="Ein Bild, das Text, Schrift, Screenshot, Brief enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                    <pic:cNvPr id="1041160457" name="Grafik 5"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8501380"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1289B4C5" wp14:editId="4A4C76DD">
-            <wp:extent cx="6011545" cy="8501380"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1289B4C5" wp14:editId="42A799B1">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="402368472" name="Grafik 6" descr="Ein Bild, das Text, Screenshot, Schrift, Brief enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+            <wp:docPr id="402368472" name="Grafik 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="402368472" name="Grafik 6" descr="Ein Bild, das Text, Screenshot, Schrift, Brief enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                    <pic:cNvPr id="402368472" name="Grafik 6"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8501380"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="286C4D44" wp14:editId="3DF06481">
-            <wp:extent cx="6011545" cy="8501380"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="286C4D44" wp14:editId="783FCCFA">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="253835873" name="Grafik 7" descr="Ein Bild, das Text, Schrift, Schwarzweiß, Papier enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+            <wp:docPr id="253835873" name="Grafik 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="253835873" name="Grafik 7" descr="Ein Bild, das Text, Schrift, Schwarzweiß, Papier enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                    <pic:cNvPr id="253835873" name="Grafik 7"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8501380"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7840B1B5" wp14:editId="14DB58F5">
-            <wp:extent cx="6011545" cy="8501380"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7840B1B5" wp14:editId="3EBD1E4A">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="98323185" name="Grafik 8" descr="Ein Bild, das Text, Schrift, Brief, Papier enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+            <wp:docPr id="98323185" name="Grafik 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="98323185" name="Grafik 8" descr="Ein Bild, das Text, Schrift, Brief, Papier enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                    <pic:cNvPr id="98323185" name="Grafik 8"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8501380"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="040BE5A8" wp14:editId="2420AEB7">
-            <wp:extent cx="6011545" cy="8501380"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="040BE5A8" wp14:editId="626B0574">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="1045378814" name="Grafik 9" descr="Ein Bild, das Text, Schrift, Papier, Schwarzweiß enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+            <wp:docPr id="1045378814" name="Grafik 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1045378814" name="Grafik 9" descr="Ein Bild, das Text, Schrift, Papier, Schwarzweiß enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                    <pic:cNvPr id="1045378814" name="Grafik 9"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8501380"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55E8A0AB" wp14:editId="2B277783">
-            <wp:extent cx="6011545" cy="8501380"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55E8A0AB" wp14:editId="087743A7">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="910290625" name="Grafik 10" descr="Ein Bild, das Text, Schrift, Brief, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+            <wp:docPr id="910290625" name="Grafik 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="910290625" name="Grafik 10" descr="Ein Bild, das Text, Schrift, Brief, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                    <pic:cNvPr id="910290625" name="Grafik 10"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8501380"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21FEED93" wp14:editId="6372189F">
-            <wp:extent cx="6011545" cy="8501380"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="21FEED93" wp14:editId="7516D85C">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="316497061" name="Grafik 11" descr="Ein Bild, das Text, Schrift, Papier, Brief enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+            <wp:docPr id="316497061" name="Grafik 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="316497061" name="Grafik 11" descr="Ein Bild, das Text, Schrift, Papier, Brief enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                    <pic:cNvPr id="316497061" name="Grafik 11"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId29" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8501380"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B994B3D" wp14:editId="02E34246">
-            <wp:extent cx="6011545" cy="8501380"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B994B3D" wp14:editId="20584334">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="1235057372" name="Grafik 12" descr="Ein Bild, das Text, Brief, Schrift, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+            <wp:docPr id="1235057372" name="Grafik 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1235057372" name="Grafik 12" descr="Ein Bild, das Text, Brief, Schrift, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                    <pic:cNvPr id="1235057372" name="Grafik 12"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId30" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8501380"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="74981E45" w14:textId="2575ED5D" w:rsidR="003D7CB7" w:rsidRPr="00EC2459" w:rsidRDefault="003D7CB7" w:rsidP="00A664CD">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="381FD2F7" wp14:editId="03589FFC">
-            <wp:extent cx="6011545" cy="8501380"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="381FD2F7" wp14:editId="6D3B8B34">
+            <wp:extent cx="6011545" cy="8501211"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
-            <wp:docPr id="231353440" name="Grafik 13" descr="Ein Bild, das Text, Screenshot, Schrift, Design enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+            <wp:docPr id="231353440" name="Grafik 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="231353440" name="Grafik 13" descr="Ein Bild, das Text, Screenshot, Schrift, Design enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                    <pic:cNvPr id="231353440" name="Grafik 13"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId31" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6011545" cy="8501380"/>
+                      <a:ext cx="6011545" cy="8501211"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003D7CB7" w:rsidRPr="00EC2459" w:rsidSect="00B42983">
       <w:headerReference w:type="default" r:id="rId32"/>
       <w:footerReference w:type="default" r:id="rId33"/>
       <w:headerReference w:type="first" r:id="rId34"/>
       <w:footerReference w:type="first" r:id="rId35"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1021" w:bottom="1276" w:left="1418" w:header="567" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AABABA0" w14:textId="77777777" w:rsidR="0073434B" w:rsidRPr="00D9078C" w:rsidRDefault="0073434B">
+    <w:p w14:paraId="3340C60D" w14:textId="77777777" w:rsidR="007B4157" w:rsidRPr="00D9078C" w:rsidRDefault="007B4157">
       <w:r w:rsidRPr="00D9078C">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0476622E" w14:textId="77777777" w:rsidR="0073434B" w:rsidRPr="00D9078C" w:rsidRDefault="0073434B">
+    <w:p w14:paraId="6CF08B2E" w14:textId="77777777" w:rsidR="007B4157" w:rsidRPr="00D9078C" w:rsidRDefault="007B4157">
       <w:r w:rsidRPr="00D9078C">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5D65C040" w14:textId="77777777" w:rsidR="0073434B" w:rsidRPr="00D9078C" w:rsidRDefault="0073434B">
+    <w:p w14:paraId="3606647D" w14:textId="77777777" w:rsidR="007B4157" w:rsidRPr="00D9078C" w:rsidRDefault="007B4157">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -10015,51 +10005,51 @@
                         <a:noFill/>
                         <a:prstDash val="solid"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="32F8A0F5" id="Rechteck 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:14.2pt;margin-top:773.8pt;width:566.95pt;height:47.6pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDetaruRAIAAIsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06KtGuDOkXQLsOA&#10;oC3QDj0zshQbkEWNUuJkXz9KdpOs22lYDgpp0o/U46NvbnetFVtNoUFXyvHZSArtFFaNW5fy+8vi&#10;05UUIYKrwKLTpdzrIG9nHz/cdH6qz7FGW2kSDOLCtPOlrGP006IIqtYthDP02nHQILUQ2aV1URF0&#10;jN7a4nw0uiw6pMoTKh0CP73vg3KW8Y3RKj4aE3QUtpTcW8wn5XOVzmJ2A9M1ga8bNbQB/9BFC43j&#10;ogeoe4ggNtT8AdU2ijCgiWcK2wKNaZTOd+DbjEfvbvNcg9f5LkxO8Aeawv+DVQ/bZ/9ETEPnwzSw&#10;mW6xM9Smf+5P7DJZ+wNZeheF4oefmX7+SaE4djmaXLHNMMXxbU8hftXYimSUkngYmSPYLkPsU99S&#10;UrGAtqkWjbXZofXqzpLYAg/uy3wxWlwP6L+lWSe6Up5fTHIjwAIyFiL31PqqlMGtpQC7ZmWqSLm2&#10;w1QhTz3VvodQ9zUy7FDCutSCzvIZWj2yk6wVVvsnEoS9noJXi4bRlhDiExALiGnhpYiPfBiL3CIO&#10;lhQ10s+/PU/5PFeOStGxILn9HxsgLYX95nji1+PJJCk4O5MLpl8KOo2sTiNu094hUzfm9fMqmyk/&#10;2jfTELavvDvzVJVD4BTX7okanLvYLwpvn9LzeU5j1XqIS/fsVQJPPCUeX3avQH4YdGSJPOCbeGH6&#10;bt59bnrT4XwT0TRZDEdeWUTJYcVnOQ3bmVbq1M9Zx2/I7BcAAAD//wMAUEsDBBQABgAIAAAAIQDB&#10;XGmA4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SP0Hayqxo05Tk0YhToV4rFhR&#10;kNi6sZtEicfBdtPA1zNd0d08ju6cKXezHdhkfOgcSlivEmAGa6c7bCR8frze5cBCVKjV4NBI+DEB&#10;dtXiplSFdmd8N9M+NoxCMBRKQhvjWHAe6tZYFVZuNEi7o/NWRWp9w7VXZwq3A0+TJONWdUgXWjWa&#10;p9bU/f5kJby9xNyL569N0Nvpd25Ff4zfvZS3y/nxAVg0c/yH4aJP6lCR08GdUAc2SEhzQSTN78U2&#10;A3Yh1lm6AXagKhNpDrwq+fUX1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3rWq7kQC&#10;AACLBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAwVxp&#10;gOEAAAANAQAADwAAAAAAAAAAAAAAAACeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AKwFAAAAAA==&#10;" fillcolor="#eaf0f9" stroked="f" strokeweight="2pt">
+            <v:rect w14:anchorId="3F7A0A11" id="Rechteck 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:14.2pt;margin-top:773.8pt;width:566.95pt;height:47.6pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDetaruRAIAAIsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06KtGuDOkXQLsOA&#10;oC3QDj0zshQbkEWNUuJkXz9KdpOs22lYDgpp0o/U46NvbnetFVtNoUFXyvHZSArtFFaNW5fy+8vi&#10;05UUIYKrwKLTpdzrIG9nHz/cdH6qz7FGW2kSDOLCtPOlrGP006IIqtYthDP02nHQILUQ2aV1URF0&#10;jN7a4nw0uiw6pMoTKh0CP73vg3KW8Y3RKj4aE3QUtpTcW8wn5XOVzmJ2A9M1ga8bNbQB/9BFC43j&#10;ogeoe4ggNtT8AdU2ijCgiWcK2wKNaZTOd+DbjEfvbvNcg9f5LkxO8Aeawv+DVQ/bZ/9ETEPnwzSw&#10;mW6xM9Smf+5P7DJZ+wNZeheF4oefmX7+SaE4djmaXLHNMMXxbU8hftXYimSUkngYmSPYLkPsU99S&#10;UrGAtqkWjbXZofXqzpLYAg/uy3wxWlwP6L+lWSe6Up5fTHIjwAIyFiL31PqqlMGtpQC7ZmWqSLm2&#10;w1QhTz3VvodQ9zUy7FDCutSCzvIZWj2yk6wVVvsnEoS9noJXi4bRlhDiExALiGnhpYiPfBiL3CIO&#10;lhQ10s+/PU/5PFeOStGxILn9HxsgLYX95nji1+PJJCk4O5MLpl8KOo2sTiNu094hUzfm9fMqmyk/&#10;2jfTELavvDvzVJVD4BTX7okanLvYLwpvn9LzeU5j1XqIS/fsVQJPPCUeX3avQH4YdGSJPOCbeGH6&#10;bt59bnrT4XwT0TRZDEdeWUTJYcVnOQ3bmVbq1M9Zx2/I7BcAAAD//wMAUEsDBBQABgAIAAAAIQDB&#10;XGmA4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SP0Hayqxo05Tk0YhToV4rFhR&#10;kNi6sZtEicfBdtPA1zNd0d08ju6cKXezHdhkfOgcSlivEmAGa6c7bCR8frze5cBCVKjV4NBI+DEB&#10;dtXiplSFdmd8N9M+NoxCMBRKQhvjWHAe6tZYFVZuNEi7o/NWRWp9w7VXZwq3A0+TJONWdUgXWjWa&#10;p9bU/f5kJby9xNyL569N0Nvpd25Ff4zfvZS3y/nxAVg0c/yH4aJP6lCR08GdUAc2SEhzQSTN78U2&#10;A3Yh1lm6AXagKhNpDrwq+fUX1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3rWq7kQC&#10;AACLBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAwVxp&#10;gOEAAAANAQAADwAAAAAAAAAAAAAAAACeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AKwFAAAAAA==&#10;" fillcolor="#eaf0f9" stroked="f" strokeweight="2pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00D9078C">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00D9078C">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
       <w:t>Dählhölzliweg 12</w:t>
     </w:r>
@@ -10141,91 +10131,93 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> Bern </w:t>
     </w:r>
     <w:r w:rsidRPr="00D9078C">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
       <w:t>www.voev.ch</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11A17C61" w14:textId="77777777" w:rsidR="0073434B" w:rsidRPr="00D9078C" w:rsidRDefault="0073434B">
+    <w:p w14:paraId="7A88D13F" w14:textId="77777777" w:rsidR="007B4157" w:rsidRPr="00D9078C" w:rsidRDefault="007B4157">
       <w:r w:rsidRPr="00D9078C">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1536F00A" w14:textId="77777777" w:rsidR="0073434B" w:rsidRPr="00D9078C" w:rsidRDefault="0073434B">
+    <w:p w14:paraId="6C7A3853" w14:textId="77777777" w:rsidR="007B4157" w:rsidRPr="00D9078C" w:rsidRDefault="007B4157">
       <w:r w:rsidRPr="00D9078C">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="55B011B8" w14:textId="77777777" w:rsidR="0073434B" w:rsidRPr="00D9078C" w:rsidRDefault="0073434B">
+    <w:p w14:paraId="6934DD94" w14:textId="77777777" w:rsidR="007B4157" w:rsidRPr="00D9078C" w:rsidRDefault="007B4157">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A286A74" w14:textId="5BBCDDD3" w:rsidR="007A1F35" w:rsidRPr="00D9078C" w:rsidRDefault="00011D05" w:rsidP="00011D05">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00D9078C">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>FEF Beitragsgesuch</w:t>
     </w:r>
+    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00D9078C">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:br/>
       <w:t xml:space="preserve">Projekt </w:t>
     </w:r>
     <w:r w:rsidR="009C07DB">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="009C07DB">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> REF Projekttitel \h </w:instrText>
     </w:r>
     <w:r w:rsidR="009C07DB">
       <w:rPr>
         <w:sz w:val="20"/>
@@ -12440,51 +12432,51 @@
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1978300038">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="92166957">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="2017994726">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1111782827">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1776830157">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1368069909">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="110"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0701" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="851"/>
   <w:consecutiveHyphenLimit w:val="3"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -12569,188 +12561,194 @@
     <w:rsid w:val="000A4382"/>
     <w:rsid w:val="000A4496"/>
     <w:rsid w:val="000B02FD"/>
     <w:rsid w:val="000B261A"/>
     <w:rsid w:val="000B6344"/>
     <w:rsid w:val="000B64CE"/>
     <w:rsid w:val="000B6555"/>
     <w:rsid w:val="000C093C"/>
     <w:rsid w:val="000C0F79"/>
     <w:rsid w:val="000C1F75"/>
     <w:rsid w:val="000C216E"/>
     <w:rsid w:val="000C7BDB"/>
     <w:rsid w:val="000D36A9"/>
     <w:rsid w:val="000D3F36"/>
     <w:rsid w:val="000D4210"/>
     <w:rsid w:val="000D6B74"/>
     <w:rsid w:val="000D7840"/>
     <w:rsid w:val="000E086E"/>
     <w:rsid w:val="000F33BC"/>
     <w:rsid w:val="001038DE"/>
     <w:rsid w:val="00110AD4"/>
     <w:rsid w:val="00110F18"/>
     <w:rsid w:val="001158C0"/>
     <w:rsid w:val="0011595A"/>
     <w:rsid w:val="001271AB"/>
+    <w:rsid w:val="00131061"/>
     <w:rsid w:val="00136D48"/>
     <w:rsid w:val="00143A70"/>
     <w:rsid w:val="00146F47"/>
     <w:rsid w:val="00151647"/>
     <w:rsid w:val="00156BF6"/>
     <w:rsid w:val="00157B80"/>
     <w:rsid w:val="001634D4"/>
     <w:rsid w:val="001667C9"/>
     <w:rsid w:val="001717C4"/>
     <w:rsid w:val="00171A59"/>
     <w:rsid w:val="00181993"/>
     <w:rsid w:val="00181F59"/>
     <w:rsid w:val="00182FEB"/>
     <w:rsid w:val="001856AB"/>
     <w:rsid w:val="001869FA"/>
     <w:rsid w:val="00193526"/>
     <w:rsid w:val="00195C10"/>
     <w:rsid w:val="00196083"/>
     <w:rsid w:val="001A02BB"/>
     <w:rsid w:val="001A0AB6"/>
     <w:rsid w:val="001A1514"/>
     <w:rsid w:val="001A3661"/>
     <w:rsid w:val="001A6ECA"/>
     <w:rsid w:val="001B3724"/>
     <w:rsid w:val="001B403D"/>
     <w:rsid w:val="001B5460"/>
     <w:rsid w:val="001B5DD9"/>
     <w:rsid w:val="001B612D"/>
     <w:rsid w:val="001B7BDD"/>
     <w:rsid w:val="001C3F62"/>
+    <w:rsid w:val="001C7832"/>
     <w:rsid w:val="001D4190"/>
     <w:rsid w:val="001E7DF1"/>
     <w:rsid w:val="001F0288"/>
     <w:rsid w:val="001F108A"/>
     <w:rsid w:val="001F20FB"/>
     <w:rsid w:val="001F6B31"/>
     <w:rsid w:val="00200606"/>
     <w:rsid w:val="00205216"/>
     <w:rsid w:val="00221208"/>
     <w:rsid w:val="002218B6"/>
     <w:rsid w:val="00222E6C"/>
     <w:rsid w:val="002236F6"/>
     <w:rsid w:val="002253F8"/>
     <w:rsid w:val="0022705C"/>
     <w:rsid w:val="00227B77"/>
     <w:rsid w:val="00231B43"/>
     <w:rsid w:val="0023265F"/>
     <w:rsid w:val="00235117"/>
     <w:rsid w:val="00242493"/>
     <w:rsid w:val="002429B3"/>
     <w:rsid w:val="00244AE1"/>
     <w:rsid w:val="002460F4"/>
     <w:rsid w:val="00252736"/>
     <w:rsid w:val="002572C7"/>
     <w:rsid w:val="002614A7"/>
     <w:rsid w:val="00261E17"/>
     <w:rsid w:val="00262129"/>
     <w:rsid w:val="00266E8B"/>
     <w:rsid w:val="0027195C"/>
     <w:rsid w:val="00271E9D"/>
     <w:rsid w:val="00273E24"/>
     <w:rsid w:val="002766BA"/>
     <w:rsid w:val="00281EE0"/>
     <w:rsid w:val="00283823"/>
     <w:rsid w:val="002843CE"/>
     <w:rsid w:val="002933AD"/>
     <w:rsid w:val="00295860"/>
     <w:rsid w:val="00296088"/>
     <w:rsid w:val="00296DD6"/>
     <w:rsid w:val="002A3A13"/>
     <w:rsid w:val="002A4CE5"/>
     <w:rsid w:val="002C1876"/>
     <w:rsid w:val="002C2BAF"/>
     <w:rsid w:val="002C37DC"/>
+    <w:rsid w:val="002C76C6"/>
     <w:rsid w:val="002D4029"/>
     <w:rsid w:val="002D5C1F"/>
     <w:rsid w:val="002D616A"/>
     <w:rsid w:val="002E1CC9"/>
     <w:rsid w:val="002E1E50"/>
     <w:rsid w:val="002E39D7"/>
     <w:rsid w:val="002F49DE"/>
     <w:rsid w:val="00301A29"/>
+    <w:rsid w:val="00304897"/>
     <w:rsid w:val="00305C67"/>
     <w:rsid w:val="00306610"/>
     <w:rsid w:val="00307621"/>
     <w:rsid w:val="00323B80"/>
     <w:rsid w:val="00323C1B"/>
     <w:rsid w:val="0032644D"/>
     <w:rsid w:val="0033313B"/>
     <w:rsid w:val="00333550"/>
     <w:rsid w:val="00337DD4"/>
     <w:rsid w:val="00344CA9"/>
     <w:rsid w:val="003467D1"/>
     <w:rsid w:val="0036735B"/>
     <w:rsid w:val="003706AF"/>
     <w:rsid w:val="0037165E"/>
     <w:rsid w:val="00372BC0"/>
     <w:rsid w:val="00376CE4"/>
     <w:rsid w:val="003811E7"/>
     <w:rsid w:val="00391379"/>
+    <w:rsid w:val="00392093"/>
     <w:rsid w:val="00392932"/>
     <w:rsid w:val="00394790"/>
     <w:rsid w:val="00395FB3"/>
     <w:rsid w:val="003965FF"/>
     <w:rsid w:val="003B113C"/>
     <w:rsid w:val="003C27A4"/>
     <w:rsid w:val="003C5B47"/>
     <w:rsid w:val="003C721E"/>
     <w:rsid w:val="003D096F"/>
     <w:rsid w:val="003D4C2D"/>
     <w:rsid w:val="003D7CB7"/>
     <w:rsid w:val="0040043D"/>
     <w:rsid w:val="004019F2"/>
     <w:rsid w:val="004028A1"/>
     <w:rsid w:val="004028FE"/>
     <w:rsid w:val="0040756A"/>
     <w:rsid w:val="00407C7A"/>
     <w:rsid w:val="004104BC"/>
     <w:rsid w:val="00411E40"/>
     <w:rsid w:val="00413BCD"/>
     <w:rsid w:val="00415431"/>
     <w:rsid w:val="004207D8"/>
     <w:rsid w:val="00422900"/>
     <w:rsid w:val="00425415"/>
     <w:rsid w:val="004258FC"/>
     <w:rsid w:val="00437B60"/>
     <w:rsid w:val="0044098F"/>
     <w:rsid w:val="004475E8"/>
     <w:rsid w:val="00450F5A"/>
     <w:rsid w:val="00455D02"/>
     <w:rsid w:val="00460E54"/>
     <w:rsid w:val="00462BFF"/>
     <w:rsid w:val="00463138"/>
     <w:rsid w:val="00467A18"/>
     <w:rsid w:val="00472B82"/>
     <w:rsid w:val="00485D6B"/>
     <w:rsid w:val="00490FE9"/>
     <w:rsid w:val="00491958"/>
+    <w:rsid w:val="0049230B"/>
     <w:rsid w:val="004930EE"/>
     <w:rsid w:val="00495BD0"/>
     <w:rsid w:val="004A64D2"/>
     <w:rsid w:val="004B0526"/>
     <w:rsid w:val="004B1B9B"/>
     <w:rsid w:val="004D1FEF"/>
     <w:rsid w:val="004D7FEA"/>
     <w:rsid w:val="004E1BCE"/>
     <w:rsid w:val="004E298B"/>
     <w:rsid w:val="004E6FB5"/>
     <w:rsid w:val="004F3BD3"/>
     <w:rsid w:val="004F5FAB"/>
     <w:rsid w:val="00501DC5"/>
     <w:rsid w:val="00504858"/>
     <w:rsid w:val="005054BD"/>
     <w:rsid w:val="00510A4F"/>
     <w:rsid w:val="0051161F"/>
     <w:rsid w:val="00514C76"/>
     <w:rsid w:val="00521F9D"/>
     <w:rsid w:val="005248C9"/>
     <w:rsid w:val="00531735"/>
     <w:rsid w:val="005322A1"/>
     <w:rsid w:val="00532D46"/>
     <w:rsid w:val="00533427"/>
     <w:rsid w:val="00542412"/>
@@ -12836,50 +12834,51 @@
     <w:rsid w:val="00707D80"/>
     <w:rsid w:val="007122E9"/>
     <w:rsid w:val="0071396F"/>
     <w:rsid w:val="00714A69"/>
     <w:rsid w:val="00715C1E"/>
     <w:rsid w:val="00722915"/>
     <w:rsid w:val="007336D1"/>
     <w:rsid w:val="0073434B"/>
     <w:rsid w:val="00735607"/>
     <w:rsid w:val="00747A5F"/>
     <w:rsid w:val="00760665"/>
     <w:rsid w:val="007647E8"/>
     <w:rsid w:val="00770FB4"/>
     <w:rsid w:val="00771549"/>
     <w:rsid w:val="00775B9A"/>
     <w:rsid w:val="00775D80"/>
     <w:rsid w:val="00780AA9"/>
     <w:rsid w:val="00780E8C"/>
     <w:rsid w:val="00787069"/>
     <w:rsid w:val="007A1144"/>
     <w:rsid w:val="007A1F35"/>
     <w:rsid w:val="007A2A0C"/>
     <w:rsid w:val="007A2ADA"/>
     <w:rsid w:val="007A78D2"/>
     <w:rsid w:val="007B21D7"/>
+    <w:rsid w:val="007B4157"/>
     <w:rsid w:val="007B69B9"/>
     <w:rsid w:val="007C4950"/>
     <w:rsid w:val="007C6D30"/>
     <w:rsid w:val="007C7DFF"/>
     <w:rsid w:val="007D0645"/>
     <w:rsid w:val="007D1AB3"/>
     <w:rsid w:val="007E05E8"/>
     <w:rsid w:val="007F170C"/>
     <w:rsid w:val="007F4DDB"/>
     <w:rsid w:val="007F6649"/>
     <w:rsid w:val="008029D5"/>
     <w:rsid w:val="00803D54"/>
     <w:rsid w:val="00811165"/>
     <w:rsid w:val="008202F8"/>
     <w:rsid w:val="00820554"/>
     <w:rsid w:val="00822710"/>
     <w:rsid w:val="0082515E"/>
     <w:rsid w:val="00831319"/>
     <w:rsid w:val="008320A9"/>
     <w:rsid w:val="00832A74"/>
     <w:rsid w:val="00833BB3"/>
     <w:rsid w:val="00833F4C"/>
     <w:rsid w:val="00840FC1"/>
     <w:rsid w:val="00843408"/>
     <w:rsid w:val="0084513C"/>
@@ -12901,50 +12900,51 @@
     <w:rsid w:val="00884CB9"/>
     <w:rsid w:val="00886CD0"/>
     <w:rsid w:val="008932CD"/>
     <w:rsid w:val="00896697"/>
     <w:rsid w:val="008A12B9"/>
     <w:rsid w:val="008A384A"/>
     <w:rsid w:val="008A610C"/>
     <w:rsid w:val="008A74F3"/>
     <w:rsid w:val="008C076D"/>
     <w:rsid w:val="008C07A2"/>
     <w:rsid w:val="008C15F9"/>
     <w:rsid w:val="008C614C"/>
     <w:rsid w:val="008C69E2"/>
     <w:rsid w:val="008D2AE5"/>
     <w:rsid w:val="008D45BD"/>
     <w:rsid w:val="008E01A8"/>
     <w:rsid w:val="008E42DE"/>
     <w:rsid w:val="008E6E4D"/>
     <w:rsid w:val="00911E6C"/>
     <w:rsid w:val="009128EA"/>
     <w:rsid w:val="0091343B"/>
     <w:rsid w:val="00921A3B"/>
     <w:rsid w:val="0092483A"/>
     <w:rsid w:val="00931C3C"/>
     <w:rsid w:val="00932E1E"/>
+    <w:rsid w:val="0094031B"/>
     <w:rsid w:val="00955B33"/>
     <w:rsid w:val="0095710C"/>
     <w:rsid w:val="0096369B"/>
     <w:rsid w:val="009664BB"/>
     <w:rsid w:val="00972294"/>
     <w:rsid w:val="00972893"/>
     <w:rsid w:val="009761D4"/>
     <w:rsid w:val="009809FD"/>
     <w:rsid w:val="00982F1C"/>
     <w:rsid w:val="00990623"/>
     <w:rsid w:val="009A202D"/>
     <w:rsid w:val="009A4716"/>
     <w:rsid w:val="009A731D"/>
     <w:rsid w:val="009B237C"/>
     <w:rsid w:val="009B286D"/>
     <w:rsid w:val="009B40AA"/>
     <w:rsid w:val="009C07DB"/>
     <w:rsid w:val="009C2CA7"/>
     <w:rsid w:val="009C6B90"/>
     <w:rsid w:val="009C6B95"/>
     <w:rsid w:val="009D45B6"/>
     <w:rsid w:val="009E1F1F"/>
     <w:rsid w:val="009E30C7"/>
     <w:rsid w:val="009E3D2C"/>
     <w:rsid w:val="009E69F8"/>
@@ -13067,52 +13067,54 @@
     <w:rsid w:val="00C4560C"/>
     <w:rsid w:val="00C50A7E"/>
     <w:rsid w:val="00C51C89"/>
     <w:rsid w:val="00C52C36"/>
     <w:rsid w:val="00C5403F"/>
     <w:rsid w:val="00C7226A"/>
     <w:rsid w:val="00C722BB"/>
     <w:rsid w:val="00C734F7"/>
     <w:rsid w:val="00C80758"/>
     <w:rsid w:val="00C80845"/>
     <w:rsid w:val="00C80A96"/>
     <w:rsid w:val="00C8465B"/>
     <w:rsid w:val="00C92C1F"/>
     <w:rsid w:val="00C97BB8"/>
     <w:rsid w:val="00CA2D2A"/>
     <w:rsid w:val="00CA41A4"/>
     <w:rsid w:val="00CA4C35"/>
     <w:rsid w:val="00CA4C74"/>
     <w:rsid w:val="00CA5405"/>
     <w:rsid w:val="00CB4520"/>
     <w:rsid w:val="00CC4BF3"/>
     <w:rsid w:val="00CC5F97"/>
     <w:rsid w:val="00CC7ED7"/>
     <w:rsid w:val="00CD2261"/>
     <w:rsid w:val="00CD2FE5"/>
+    <w:rsid w:val="00CD73D5"/>
     <w:rsid w:val="00CE1BC2"/>
     <w:rsid w:val="00CE411C"/>
+    <w:rsid w:val="00CE459D"/>
     <w:rsid w:val="00CE7341"/>
     <w:rsid w:val="00CF4477"/>
     <w:rsid w:val="00CF5706"/>
     <w:rsid w:val="00CF6966"/>
     <w:rsid w:val="00D10022"/>
     <w:rsid w:val="00D12089"/>
     <w:rsid w:val="00D12B1B"/>
     <w:rsid w:val="00D13D93"/>
     <w:rsid w:val="00D168BB"/>
     <w:rsid w:val="00D16B46"/>
     <w:rsid w:val="00D263AA"/>
     <w:rsid w:val="00D31E1B"/>
     <w:rsid w:val="00D3380D"/>
     <w:rsid w:val="00D436C9"/>
     <w:rsid w:val="00D617D8"/>
     <w:rsid w:val="00D70575"/>
     <w:rsid w:val="00D7285A"/>
     <w:rsid w:val="00D76F22"/>
     <w:rsid w:val="00D820CF"/>
     <w:rsid w:val="00D82E1E"/>
     <w:rsid w:val="00D870E9"/>
     <w:rsid w:val="00D903A8"/>
     <w:rsid w:val="00D9078C"/>
     <w:rsid w:val="00D91476"/>
     <w:rsid w:val="00D941CE"/>
@@ -13140,50 +13142,51 @@
     <w:rsid w:val="00E21B93"/>
     <w:rsid w:val="00E2694C"/>
     <w:rsid w:val="00E32192"/>
     <w:rsid w:val="00E3688E"/>
     <w:rsid w:val="00E36C47"/>
     <w:rsid w:val="00E374E4"/>
     <w:rsid w:val="00E40CD8"/>
     <w:rsid w:val="00E504B1"/>
     <w:rsid w:val="00E53A08"/>
     <w:rsid w:val="00E56B65"/>
     <w:rsid w:val="00E6785E"/>
     <w:rsid w:val="00E721ED"/>
     <w:rsid w:val="00E777E1"/>
     <w:rsid w:val="00E77F66"/>
     <w:rsid w:val="00E80025"/>
     <w:rsid w:val="00E90A21"/>
     <w:rsid w:val="00EA039D"/>
     <w:rsid w:val="00EA4F90"/>
     <w:rsid w:val="00EA6BFC"/>
     <w:rsid w:val="00EA7CC8"/>
     <w:rsid w:val="00EB4A91"/>
     <w:rsid w:val="00EC2459"/>
     <w:rsid w:val="00EC2493"/>
     <w:rsid w:val="00EC2F4A"/>
     <w:rsid w:val="00EC529F"/>
+    <w:rsid w:val="00EC6E47"/>
     <w:rsid w:val="00ED5CAB"/>
     <w:rsid w:val="00EE185F"/>
     <w:rsid w:val="00EE2C0A"/>
     <w:rsid w:val="00EF0DC4"/>
     <w:rsid w:val="00EF2C31"/>
     <w:rsid w:val="00EF41A9"/>
     <w:rsid w:val="00EF5B76"/>
     <w:rsid w:val="00EF717C"/>
     <w:rsid w:val="00EF7CCA"/>
     <w:rsid w:val="00F05B1F"/>
     <w:rsid w:val="00F12744"/>
     <w:rsid w:val="00F13FD9"/>
     <w:rsid w:val="00F14817"/>
     <w:rsid w:val="00F17882"/>
     <w:rsid w:val="00F20207"/>
     <w:rsid w:val="00F203DF"/>
     <w:rsid w:val="00F222A8"/>
     <w:rsid w:val="00F22760"/>
     <w:rsid w:val="00F2492B"/>
     <w:rsid w:val="00F258D3"/>
     <w:rsid w:val="00F26067"/>
     <w:rsid w:val="00F30B0C"/>
     <w:rsid w:val="00F477F9"/>
     <w:rsid w:val="00F64F95"/>
     <w:rsid w:val="00F8061E"/>
@@ -18424,53 +18427,58 @@
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1111782827">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B5742"/>
     <w:rsid w:val="000707B6"/>
+    <w:rsid w:val="00131061"/>
     <w:rsid w:val="00306610"/>
     <w:rsid w:val="005B5742"/>
+    <w:rsid w:val="0065119F"/>
+    <w:rsid w:val="00CE459D"/>
     <w:rsid w:val="00E246A8"/>
+    <w:rsid w:val="00EC6E47"/>
+    <w:rsid w:val="00F23884"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0FFB3F5D"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -19397,363 +19405,50 @@
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps9.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<officeatwork xmlns="http://schemas.officeatwork.com/CustomXMLPart"/>
-[...311 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <f:fields xmlns:f="http://schemas.fabasoft.com/folio/2007/fields">
   <f:record ref="">
     <f:field ref="objname" par="" edit="true" text="Formular Gesuch zur Finanzierung Forschung Bahninfrastruktur"/>
     <f:field ref="objsubject" par="" edit="true" text=""/>
     <f:field ref="objcreatedby" par="" text="Mosca, Philipp (BAV - mop)"/>
     <f:field ref="objcreatedat" par="" text="19.09.2017 10:22:31"/>
     <f:field ref="objchangedby" par="" text="Müller, Andrea (BAV - mua)"/>
     <f:field ref="objmodifiedat" par="" text="23.01.2018 15:48:14"/>
     <f:field ref="doc_FSCFOLIO_1_1001_FieldDocumentNumber" par="" text=""/>
     <f:field ref="doc_FSCFOLIO_1_1001_FieldSubject" par="" edit="true" text=""/>
     <f:field ref="FSCFOLIO_1_1001_FieldCurrentUser" par="" text="Heinz Schöni"/>
     <f:field ref="CCAPRECONFIG_15_1001_Objektname" par="" edit="true" text="Formular Gesuch zur Finanzierung Forschung Bahninfrastruktur"/>
     <f:field ref="CHPRECONFIG_1_1001_Objektname" par="" edit="true" text="Formular Gesuch zur Finanzierung Forschung Bahninfrastruktur"/>
   </f:record>
   <f:record inx="1" ref="">
     <f:field ref="CCAPRECONFIG_15_1001_Anrede" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Anrede_Briefkopf" par="" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Geschlecht_Anrede" par="" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Titel" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Nachgestellter_Titel" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Vorname" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Nachname" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_zH" par="" edit="true" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Geschlecht" par="" text=""/>
     <f:field ref="CCAPRECONFIG_15_1001_Strasse" par="" text=""/>
@@ -19976,56 +19671,368 @@
     <f:field ref="BAVCFG_15_1700_Strasse_AP" text="Strasse_AP"/>
     <f:field ref="CCAPRECONFIG_15_1001_Telefon" text="Telefon"/>
     <f:field ref="CCAPRECONFIG_15_1001_Titel" text="Titel"/>
     <f:field ref="CHPRECONFIG_1_1001_Titel" text="Titel"/>
     <f:field ref="BAVCFG_15_1700_Titel_AP" text="Titel_AP"/>
     <f:field ref="CCAPRECONFIG_15_1001_Tuer" text="Tuer"/>
     <f:field ref="CCAPRECONFIG_15_1001_Versandart" text="Versandart"/>
     <f:field ref="CHPRECONFIG_1_1001_Vorname" text="Vorname"/>
     <f:field ref="CCAPRECONFIG_15_1001_Vorname" text="Vorname"/>
     <f:field ref="BAVCFG_15_1700_Vorname_AP" text="Vorname_AP"/>
     <f:field ref="CCAPRECONFIG_15_1001_zH" text="zH"/>
     <f:field ref="CCAPRECONFIG_15_1001_Ziel" text="Ziel"/>
     <f:field ref="BAVCFG_15_1700_Zusatzzeile1" text="Zusatzzeile1"/>
     <f:field ref="BAVCFG_15_1700_Zusatzzeile1_AP" text="Zusatzzeile1_AP"/>
     <f:field ref="BAVCFG_15_1700_Zusatzzeile2" text="Zusatzzeile2"/>
     <f:field ref="BAVCFG_15_1700_Zusatzzeile2_AP" text="Zusatzzeile2_AP"/>
     <f:field ref="BAVCFG_15_1700_ZustellungAm" text="ZustellungAm"/>
   </f:display>
   <f:display par="" text="Serienbrief">
     <f:field ref="doc_FSCFOLIO_1_1001_FieldSubject" text="Betreff"/>
     <f:field ref="doc_FSCFOLIO_1_1001_FieldDocumentNumber" text="Dokument Nummer"/>
   </f:display>
 </f:fields>
 </file>
 
+<file path=customXml/item10.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100001663C6CEEE474AB7A75D47C7492EF0" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fc13e749c9b2cfeb071daf12fb56d36c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dff2d33b-e58c-4b22-aaee-1c3e400aa24b" xmlns:ns3="fc48761f-100f-4b21-bfba-e6963edc687a" xmlns:ns4="dd2d40b1-f6cb-4cdd-b8f9-486b41866926" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3cf43e475b95fcbf1b3d3592aff39186" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="dff2d33b-e58c-4b22-aaee-1c3e400aa24b"/>
+    <xsd:import namespace="fc48761f-100f-4b21-bfba-e6963edc687a"/>
+    <xsd:import namespace="dd2d40b1-f6cb-4cdd-b8f9-486b41866926"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dff2d33b-e58c-4b22-aaee-1c3e400aa24b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="21" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="22" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="23" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="25" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="7022d4cd-26ff-4595-90f3-a961ef1aba66" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="27" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="28" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="29" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fc48761f-100f-4b21-bfba-e6963edc687a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocId" ma:index="18" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="19" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="20" nillable="true" ma:displayName="Beständige ID" ma:description="ID beim Hinzufügen beibehalten." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dd2d40b1-f6cb-4cdd-b8f9-486b41866926" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="26" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{8f9e9791-aa7c-4f2c-803f-e6e508fcb306}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fc48761f-100f-4b21-bfba-e6963edc687a">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<officeatwork xmlns="http://schemas.officeatwork.com/CustomXMLPart"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6Jgr4dAD19BnI=</officeatwork>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<officeatwork xmlns="http://schemas.officeatwork.com/MasterProperties">eNrNV91u2jAYfZUIqdJ2UUgMSUHqkCg/GystaNBOmiYhQz7Aq2NHttOWPs/eYpV20QfaK8whtBolNm2nTb2BJOd8f7a/Y/vXj5+HJ1gqEAPBYxBqOQQl69vfnG7rFEfwrlBwGlNFLvWTEgkUnCFQmCoIO1z0ExUnag088kFgy+uDy08wJTEBprRRhwAN5frfyfCzbqtQR6534Ppuxa36VTeoep5b9gLvsLQibvIzv4V6O4pnd9/ZHEQu7SFsVlChvu/Zed0pZ4V6kzOFpyqXeoLjmLD5CE8o9PAEqK5oF29H9BZQDYtlP1YkDf8EEjKwmjyKMVsafcRYqCibhjzCiCgKBqxDhFTZqOcXTMKQgoXQw1b7YTKbkWtT8IRSi+1HPrGl3ghDAVIOlQBQds6X7sBOaBK1tDMsU0NBgZ11n6peOnp9EWYqaaR7Ml5wI97BpqFsn2BCjTnGyxE3gF2mBA+TabZIh7AQzhz0rwKnpQnMSVjofAAhgOU7p1zqsgr1jgBNpWS6AOe9uLuVEvJr4CLCKhUePfvPGtxuFHOdV/gHu3QvO6VNiTJKVl/MMSMSr3vSplpasdyqV/YR8mu1AB24yLeq1lHjPBffDHmkBwkkjpQzu7sVzjmICz3aOw2PE3FjDtG4UMBuIB17Zl+CyA6X7XDFDvt2ODDCT26OmVFJza3R5Ile46b2bkfmxtG9AYKl4nJ1dVWc4MsiDiPCitNFfiCziHQ41648K4qsaNmKmibmc9io9PicNznlYqC7R2Ciy9lLv8m9UrYYqX4pIs91i8gPijGbG111h/3U0hCsT1NwSOYMq0SYpnEQjxYQgWzBDCc0TSZ73/t6dt4+Hjdb+2lWRbWIrq32A71o9J6HLbvrPXVISbgrnf7kmz4OGUlpZavNaOVLekHNSk3PGjq53eSNsTATW1jh8XOFafU8zsTpsZZYDNZh3MCtIeTWKtWyVw48r1KpVfOPCL1xr5nZ+L6JcY5p8kgjn63djUQtuLCrtj5cIq/qHaBaGdWCMvKrBxWrar/pAYi3L09qfarUH+WuHeW/5/bQit5rTQy9ttlMpOLRysqW2csDnGq1/jeeB/oSQPSFBzMl/zJCafsGWNq6WOZ9k/XfNNTa2Q==</officeatwork>
+</file>
+
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <officeatwork xmlns="http://schemas.officeatwork.com/Formulas">eNp7v3u/jVt+UW5pTmKxgr4dAD33Bnw=</officeatwork>
 </file>
 
 <file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
-<officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6Jgr4dAD19BnI=</officeatwork>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
@@ -20035,188 +20042,189 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item9.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_dlc_DocId xmlns="fc48761f-100f-4b21-bfba-e6963edc687a">VXEHHNPPKHJR-1000582777-2189411</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="fc48761f-100f-4b21-bfba-e6963edc687a">
+      <Url>https://voev.sharepoint.com/sites/AbtoeffentlicherVerkehrVoeV/_layouts/15/DocIdRedir.aspx?ID=VXEHHNPPKHJR-1000582777-2189411</Url>
+      <Description>VXEHHNPPKHJR-1000582777-2189411</Description>
+    </_dlc_DocIdUrl>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="dff2d33b-e58c-4b22-aaee-1c3e400aa24b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="dd2d40b1-f6cb-4cdd-b8f9-486b41866926" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E8A9591-F074-446B-902F-511FF79C122F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.fabasoft.com/folio/2007/fields"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3D99F07-8947-4917-8F07-5791F7E95415}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F80DDC8A-FD57-414C-B438-BD7286F61474}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.officeatwork.com/CustomXMLPart"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps10.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC87DEF3-66A7-473E-81F8-64D1ED1514AE}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C878A352-A4FB-41F9-9A48-DE08099A823C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/MasterProperties"/>
-[...21 lines deleted...]
-    <ds:schemaRef ds:uri="dff2d33b-e58c-4b22-aaee-1c3e400aa24b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE161047-D498-46A6-AF7A-2B006088CCE0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD950A73-C63D-466C-B6A1-A67231004025}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Document"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E8A9591-F074-446B-902F-511FF79C122F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC87DEF3-66A7-473E-81F8-64D1ED1514AE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.fabasoft.com/folio/2007/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/MasterProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{405D60B2-DC9A-4FC8-AEFD-AD57C06A4269}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Formulas"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD950A73-C63D-466C-B6A1-A67231004025}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE161047-D498-46A6-AF7A-2B006088CCE0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Document"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C708F5F-2DE6-4A4A-A954-720D1B714708}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps9.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C878A352-A4FB-41F9-9A48-DE08099A823C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1810FA3E-6750-4289-B97C-9132D40D27F4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fc48761f-100f-4b21-bfba-e6963edc687a"/>
+    <ds:schemaRef ds:uri="dff2d33b-e58c-4b22-aaee-1c3e400aa24b"/>
+    <ds:schemaRef ds:uri="dd2d40b1-f6cb-4cdd-b8f9-486b41866926"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>1216</Words>
-  <Characters>9542</Characters>
+  <Words>1217</Words>
+  <Characters>9550</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>167</Lines>
+  <Paragraphs>82</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Template.Untitled</vt:lpstr>
       <vt:lpstr>Template.Untitled</vt:lpstr>
       <vt:lpstr>DocumentType</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10737</CharactersWithSpaces>
+  <CharactersWithSpaces>10685</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>7209067</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.bav.admin.ch/bav/de/home/themen-a-z/forschung.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>8257632</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -21072,32 +21080,32 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="260" name="FSC#ATSTATECFG@1.1001:BankAccountID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="261" name="FSC#ATSTATECFG@1.1001:BankAccountIBAN">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="262" name="FSC#ATSTATECFG@1.1001:BankAccountBIC">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="263" name="FSC#ATSTATECFG@1.1001:BankName">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="264" name="FSC#COOSYSTEM@1.1:Container">
     <vt:lpwstr>COO.2125.100.2.10136456</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="265" name="FSC#FSCFOLIO@1.1001:docpropproject">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="266" name="ContentTypeId">
     <vt:lpwstr>0x010100001663C6CEEE474AB7A75D47C7492EF0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="267" name="Order">
     <vt:r8>1844400</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="268" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>6f19e327-fb45-48fe-bae3-420980e79ebd</vt:lpwstr>
+    <vt:lpwstr>c7d94ce2-0f92-4bf2-8b1d-2b63edbe699e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="269" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>